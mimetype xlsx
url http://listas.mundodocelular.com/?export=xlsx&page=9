--- v0 (2025-10-28)
+++ v1 (2026-03-14)
@@ -14,158 +14,155 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/10/2025 17:38</t>
-[...2 lines deleted...]
-    <t>IPHONE 15 PRO MAX 256GB SWAP GRADO B  NATURAL</t>
+    <t>Lista gerada no: 13/03/2026 21:25</t>
+  </si>
+  <si>
+    <t>CEL XIAOMI REDMI NOTE 14 PRO  5G 8/256 PRETO</t>
   </si>
   <si>
     <t>SMARTPHONES</t>
   </si>
   <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CEL XIAOMI REDMI NOTE 14 PRO  5G 8/256 VERDE</t>
+  </si>
+  <si>
+    <t>IPHONE 15 256GB GRADE A PRETO (BLACK)  USA A+</t>
+  </si>
+  <si>
     <t>APPLE</t>
   </si>
   <si>
-    <t>IPHONE 15 PRO MAX 256GB SWAP GRADO B  BRANCO</t>
-[...74 lines deleted...]
-    <t>IPHONE SE2  64GB RED SWAP USA</t>
+    <t>CEL XIAOMI REDMI NOTE 14    8+256 PRETO</t>
+  </si>
+  <si>
+    <t>IPHONE 12 PRO MAX 128GB GRADE A+ AZUL</t>
+  </si>
+  <si>
+    <t>IPHONE 12 PRO MAX 128GB GRADE A+ DOURADO</t>
+  </si>
+  <si>
+    <t>IPHONE 13 128GB GRADE B RED   (ROJO)</t>
+  </si>
+  <si>
+    <t>CEL NOKIA FLIP 2660 TA-1474  DUAL SIM / TELA 2,8/4G- PRETO</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>IPHONE 16 PRO MAX 256GB NATURAL SWAP</t>
+  </si>
+  <si>
+    <t>IPHONE 16 PRO MAX 256GB WHITE  SWAP</t>
+  </si>
+  <si>
+    <t>Fone de Ouvido G-Tide L32 Bluetooth preto</t>
+  </si>
+  <si>
+    <t>Produtos</t>
+  </si>
+  <si>
+    <t>GTIDE</t>
+  </si>
+  <si>
+    <t>Fone de Ouvido G-Tide OWS8 Wireless - Preto</t>
+  </si>
+  <si>
+    <t>SUPORTE DESKTOP STAND RCW-30</t>
+  </si>
+  <si>
+    <t>ACESSORIOS</t>
+  </si>
+  <si>
+    <t>RECCI</t>
+  </si>
+  <si>
+    <t>IPHONE 14 PRO MAX 256GB  GRADO A+  DOURADO</t>
+  </si>
+  <si>
+    <t>IPHONE 12  64GB GRADE B PRETO</t>
+  </si>
+  <si>
+    <t>CEL SAM. A36 A366E 5G 8/256 LAVENDER</t>
+  </si>
+  <si>
+    <t>CEL SAM. A36 A366E 5G 8/256 LIME</t>
+  </si>
+  <si>
+    <t>CEL SAM. A36 A366E 5G 8/256 BRANCO</t>
+  </si>
+  <si>
+    <t>GTIDE SMART WATCH S6 PRO GPS PRETO</t>
+  </si>
+  <si>
+    <t>GTIDE SMART WATCH S6 PRO GPS GREY</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -188,51 +185,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ad6b0fc08e99f6f5ded64dcbb4388a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1fc485c9006470392d2dc9c02f4434e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca36958edb6c76e66e654b16957ac80d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e55fb931c1b8739c56bd8c2f81f04061.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7793e05210444ee77e1b1a85948dadc8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71abe51a963c6fb46e3989e47808755b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e98ee2500cd5f7649f94ebc59f6a13e6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/839ab235b7bebef20e7e2b0a059be4c9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/891de49a6b9098fece303d5ea8fb3a28.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a804d33a0cd7ae6ef4c62c3f75ec2957.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c907afced36549aaeacd75d659a9e581.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c5881d8934c3a855844d3bfe48c516b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78f03783b657ca0376f84517b1cd94c7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd70e31ab7d94898c3d2ab2a71b9758a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e965c716558b8151b81af273f80ef6d9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb90ab0206fd945e61e62783c70430ce.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb870563afa5f750ad9260cc5a193ac9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/806721d4844ec21cb6c4bf949f281d22.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8a64222da8f1c019bf91afcde49c196.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfdc484d52291d62e16ff3643bd97241.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aebe694bf1d5246a36e34b39df874457.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8359cbd4985a3df410afa9dae1944b95.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0722dea55f3675fb3626edc6867fa638.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26acfdf38b26ee156b2a5285b0104d2b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b3d0bd4c934e09fb94bca4431d2e18b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c208342300e8ce3540ad9ac5703a3465.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d6de2a63286a732e47a6ccdb9f078fb.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b37f87eb4aa7a4bf14142e027e373b3d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1db2059a19f0798f11176e7c2974c9de.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/052624e0447b37d01af444d5d2ee9c5f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2564cddde9e3c1e78257aefc45980c4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/434bc148eb7d1bc11205fb8bc5d9574a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33642d8de15200d5b9b7085d9d07f6a9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3666b67d3e602f5387d7310852eea492.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324a88c6a0d68c9f5d13803be74cfcb6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ad2cc6243fdaa5c069fafc5aac366ce.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86ee0ceacd86c1e6b50ea4807421b92b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9becb6b3f334c74b9224a122ea0feade.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b5cae66b8b7c1caef9567dad441af88.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55f65712ca50b5280715e0db94a36198.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="457200" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1099,417 +1096,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>133449</v>
+        <v>136907</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>750.0</v>
+        <v>256.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>133456</v>
+        <v>136914</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>750.0</v>
+        <v>256.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>133715</v>
+        <v>137089</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
+        <v>8</v>
+      </c>
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>23.0</v>
+        <v>585.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>133739</v>
+        <v>137256</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E5" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>23.9</v>
+        <v>162.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>133807</v>
+        <v>137768</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D6" t="s">
         <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>82.0</v>
+        <v>315.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>133814</v>
+        <v>137782</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D7" t="s">
         <v>8</v>
       </c>
       <c r="E7" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>82.0</v>
+        <v>315.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>134248</v>
+        <v>138093</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D8" t="s">
         <v>8</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F8" s="3">
-        <v>299.0</v>
+        <v>288.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>134255</v>
+        <v>138123</v>
       </c>
       <c r="C9" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D9" t="s">
         <v>8</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F9" s="3">
-        <v>450.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>134279</v>
+        <v>138314</v>
       </c>
       <c r="C10" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D10" t="s">
         <v>8</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F10" s="3">
-        <v>450.0</v>
+        <v>870.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>134309</v>
+        <v>138321</v>
       </c>
       <c r="C11" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>8</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F11" s="3">
-        <v>350.0</v>
+        <v>870.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>134316</v>
+        <v>138482</v>
       </c>
       <c r="C12" t="s">
+        <v>21</v>
+      </c>
+      <c r="D12" t="s">
         <v>22</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>23</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>15.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>134521</v>
+        <v>138529</v>
       </c>
       <c r="C13" t="s">
         <v>24</v>
       </c>
       <c r="D13" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F13" s="3">
-        <v>515.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>134613</v>
+        <v>138666</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>26</v>
       </c>
       <c r="E14" t="s">
         <v>27</v>
       </c>
       <c r="F14" s="3">
-        <v>180.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>134620</v>
+        <v>138819</v>
       </c>
       <c r="C15" t="s">
         <v>28</v>
       </c>
       <c r="D15" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="E15" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F15" s="3">
-        <v>180.0</v>
+        <v>565.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>134637</v>
+        <v>138857</v>
       </c>
       <c r="C16" t="s">
         <v>29</v>
       </c>
       <c r="D16" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="E16" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F16" s="3">
-        <v>180.0</v>
+        <v>199.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>134644</v>
+        <v>138963</v>
       </c>
       <c r="C17" t="s">
         <v>30</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E17" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="F17" s="3">
-        <v>36.0</v>
+        <v>259.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>134668</v>
+        <v>138970</v>
       </c>
       <c r="C18" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D18" t="s">
         <v>8</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F18" s="3">
-        <v>945.0</v>
+        <v>259.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>134705</v>
+        <v>138987</v>
       </c>
       <c r="C19" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D19" t="s">
         <v>8</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F19" s="3">
-        <v>299.0</v>
+        <v>259.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>134712</v>
+        <v>139014</v>
       </c>
       <c r="C20" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D20" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F20" s="3">
-        <v>105.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>134729</v>
+        <v>139021</v>
       </c>
       <c r="C21" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D21" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F21" s="3">
-        <v>105.0</v>
+        <v>42.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>