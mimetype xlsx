--- v0 (2025-10-29)
+++ v1 (2026-03-14)
@@ -14,140 +14,164 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/10/2025 02:44</t>
-[...2 lines deleted...]
-    <t>CEL UMIDIGI NOTE 90 5G 6/128GB PRETO</t>
+    <t>Lista gerada no: 13/03/2026 21:26</t>
+  </si>
+  <si>
+    <t>IPHONE 13 PRO 512GB GRADE B VERDE</t>
   </si>
   <si>
     <t>SMARTPHONES</t>
   </si>
   <si>
-    <t>UMIDIGI</t>
-[...7 lines deleted...]
-  <si>
     <t>APPLE</t>
   </si>
   <si>
-    <t>IPHONE 15 PRO 128GB GRADO A BLACK USA</t>
-[...47 lines deleted...]
-    <t>IPHONE 15 PRO MAX 256GB SWAP GRADO AZUL</t>
+    <t>IPHONE 14 128GB GRADE B VERMELHO</t>
+  </si>
+  <si>
+    <t>CEL NOKIA 220 TA-1155 DUAL CHIP 4G</t>
+  </si>
+  <si>
+    <t>NOKIA</t>
+  </si>
+  <si>
+    <t>CEL NOKIA 225 TA-1279 DUAL CHIP 4G</t>
+  </si>
+  <si>
+    <t>CEL HONOR 200 LITE 5G 8/256  PRETO  L/P</t>
+  </si>
+  <si>
+    <t>HONOR</t>
+  </si>
+  <si>
+    <t>CEL HONOR 200 LITE 5G 8/256 CYAN LAKE L/</t>
+  </si>
+  <si>
+    <t>TABLET CIDEA 6/128  CM88 7P KIDS AZUL</t>
+  </si>
+  <si>
+    <t>TABLETS</t>
+  </si>
+  <si>
+    <t>CIDEA</t>
+  </si>
+  <si>
+    <t>TABLET CIDEA 6/128  CM88 7P KIDS VERDE</t>
+  </si>
+  <si>
+    <t>TABLET CIDEA 6/128  CM88 7P KIDS PURPLE</t>
+  </si>
+  <si>
+    <t>TABLET CIDEA 6/128  CM88 7P KIDS PINK</t>
+  </si>
+  <si>
+    <t>TABLET CIDEA 8/1TB 5G CM10500B 10.36 C/CHIP VERMELHO</t>
+  </si>
+  <si>
+    <t>Produtos</t>
+  </si>
+  <si>
+    <t>TABLET CIDEA 8/1TB 5G CM10500B 10.36 C/CHIP VERDE</t>
+  </si>
+  <si>
+    <t>TABLET CIDEA 8/1TB 5G CM10500B 10.36 C/CHIP AZUL</t>
+  </si>
+  <si>
+    <t>TABLET CIDEA 8/1TB 5G CM10500B 10.36 C/CHIP CINZA</t>
+  </si>
+  <si>
+    <t>FONE HAYLOU W1 TRUE WIRELES EARBUDS BLUE</t>
+  </si>
+  <si>
+    <t>RELOGIO</t>
+  </si>
+  <si>
+    <t>BLULORY</t>
+  </si>
+  <si>
+    <t>CEL XIAOMI REDMI NOTE 14    8+256 AZUL</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>GTIDE SMART WATCH POWER R5 GOLD  (SWA014</t>
+  </si>
+  <si>
+    <t>GTIDE</t>
+  </si>
+  <si>
+    <t>GTIDE SMART WATCH S3 PRO PRETO  (SWA011)</t>
+  </si>
+  <si>
+    <t>GTIDE SMART WATCH S3 PRO GOLD (SWA011)</t>
+  </si>
+  <si>
+    <t>GTIDE L21 BLT EARPHONE  PRETO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -170,51 +194,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5408fcc9c174016851fee45c582c878a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92f2a0e53a7b95cf1e3c4cbddb638b1d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16c2076da4bb5b4b1daaa6c7af3086a2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a21d73d5c11c2fead1202238544df71e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21577e0920b94ff6dbb422c5110c6a56.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6698eb56710df0fae6122d3b837ec801.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30b4da4f5858286000742e71aba90b07.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f14a5d3fbca468ae7375387ab9e0341.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6036cc1774a8cad6b94c0f5ed8519933.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2d78cd14d4c25bff94cea33894561ca.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/984818303aaf5162a6e9fe1ee2bbe272.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8cb71186f9a05f28040b89301990831.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19642505feb8e3e8e3839195c5082978.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dabf963e89d765dec4452a7e5a95d08.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18336cbbb2509e4239d3269264ca2ba0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2a765bcb5cbf4434cb2de604e90f970.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/147a437c8348c51bd33ceedb835709eb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88dab3919859ed5d06a256e3ad821ebb.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1df0ec620d624c67db45b72f5cb13141.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a35cd01236505d11f64f4f8cc1c79c97.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0785bdfef2a85c8516fa8f68410ae4ff.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4f68fade9c52d0debef47d2ee137541.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe1dab50d8e46d79576c7b4ae3bb1922.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b60a840c8005e8e066d44094f5d5a56.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f72080039c76207150e1b7b56ca76a1d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abb89ab0f902d61adae9e55bb54d7785.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18a48828873c3d85e986746936704432.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/767862aa412517f08752f1d636473b67.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0548b6f1c73e0ff3841df552d95ebcb.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/079df525e2c487865d11fbaad785196b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965569075cf3eb59ebd4ad51d99e4dae.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec73d53f26899ffc625c7c544ee04d28.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/824dab9a5870243c1179836746d1503a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59c54e15ddab250bd47ebb1b9681a0b2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b95c564954a44ef1c10c1b221cd66dfa.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e523c55a3acce2069bec99a794e98dbd.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b453b19bf6ccbde0c7e2711541eeefb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b98d4fb6bf6462b7a70413f0fd74409d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a34e6ddb0176102817065a49b03c0b7a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7267acd4c43f53f78097ada2664c2ad4.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="457200" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1081,417 +1105,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>132091</v>
+        <v>134910</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>98.0</v>
+        <v>470.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>132107</v>
+        <v>134941</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>98.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>132329</v>
+        <v>135023</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>119.99</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>132343</v>
+        <v>135030</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>650.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>132374</v>
+        <v>135047</v>
       </c>
       <c r="C6" t="s">
         <v>14</v>
       </c>
       <c r="D6" t="s">
         <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>110.0</v>
+        <v>265.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>133142</v>
+        <v>135054</v>
       </c>
       <c r="C7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
         <v>8</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>292.0</v>
+        <v>265.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>133159</v>
+        <v>135160</v>
       </c>
       <c r="C8" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F8" s="3">
-        <v>290.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>133166</v>
+        <v>135184</v>
       </c>
       <c r="C9" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F9" s="3">
-        <v>285.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>133289</v>
+        <v>135191</v>
       </c>
       <c r="C10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D10" t="s">
         <v>18</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F10" s="3">
-        <v>450.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>133296</v>
+        <v>135207</v>
       </c>
       <c r="C11" t="s">
+        <v>22</v>
+      </c>
+      <c r="D11" t="s">
+        <v>18</v>
+      </c>
+      <c r="E11" t="s">
         <v>19</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>440.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>133302</v>
+        <v>136082</v>
       </c>
       <c r="C12" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D12" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F12" s="3">
-        <v>440.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>133319</v>
+        <v>136099</v>
       </c>
       <c r="C13" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D13" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F13" s="3">
-        <v>440.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>133326</v>
+        <v>136105</v>
       </c>
       <c r="C14" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D14" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F14" s="3">
-        <v>490.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>133333</v>
+        <v>136129</v>
       </c>
       <c r="C15" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D15" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F15" s="3">
-        <v>545.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>133340</v>
+        <v>136211</v>
       </c>
       <c r="C16" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D16" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="F16" s="3">
-        <v>575.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>133357</v>
+        <v>136372</v>
       </c>
       <c r="C17" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="D17" t="s">
         <v>8</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F17" s="3">
-        <v>640.0</v>
+        <v>167.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>133364</v>
+        <v>136532</v>
       </c>
       <c r="C18" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="D18" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="F18" s="3">
-        <v>640.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>133371</v>
+        <v>136563</v>
       </c>
       <c r="C19" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D19" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="F19" s="3">
-        <v>640.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>133388</v>
+        <v>136570</v>
       </c>
       <c r="C20" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="D20" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="F20" s="3">
-        <v>730.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>133432</v>
+        <v>136747</v>
       </c>
       <c r="C21" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="D21" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="F21" s="3">
-        <v>735.0</v>
+        <v>9.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>