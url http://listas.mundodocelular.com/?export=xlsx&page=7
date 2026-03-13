--- v0 (2025-10-28)
+++ v1 (2026-03-13)
@@ -14,173 +14,152 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/10/2025 08:44</t>
-[...11 lines deleted...]
-    <t>IPHONE 15 PRO MAX 256GB SWAP GRADO A  AZUL</t>
+    <t>Lista gerada no: 13/03/2026 19:31</t>
+  </si>
+  <si>
+    <t>IPHONE 15 PRO MAX 256GB SWAP GRADO B  NATURAL</t>
   </si>
   <si>
     <t>SMARTPHONES</t>
   </si>
   <si>
     <t>APPLE</t>
   </si>
   <si>
-    <t>IPHONE 15 PRO MAX 256GB SWAP GRADO A  PRETO</t>
-[...80 lines deleted...]
-    <t>CEL UMIDIGI NOTE 90 5G 6/128GB PRETO</t>
+    <t>IPHONE 15 PRO MAX 256GB SWAP GRADO B  BRANCO</t>
+  </si>
+  <si>
+    <t>IPHONE 13 128GB GRADE B BRANCO</t>
+  </si>
+  <si>
+    <t>IPHONE 13 PRO MAX 128GB GRADE B AZUL</t>
+  </si>
+  <si>
+    <t>IPHONE 13 PRO MAX 128GB GRADE B GRAY</t>
+  </si>
+  <si>
+    <t>FONTE APPLE IPHONE CABO E FONTE 35W</t>
+  </si>
+  <si>
+    <t>FONTE</t>
+  </si>
+  <si>
+    <t>PHILIPS PILA RECARGABLE R03-B2RTU10/97 1000MHA</t>
+  </si>
+  <si>
+    <t>Produtos</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>IPHONE 15 128GB GRADE A PRETO</t>
+  </si>
+  <si>
+    <t>GRAVADOR DE VOZ PLAUD NOTE 64GB NB100 SILVER</t>
+  </si>
+  <si>
+    <t>WALK TALK</t>
+  </si>
+  <si>
+    <t>PLAUD</t>
+  </si>
+  <si>
+    <t>GRAVADOR DE VOZ PLAUD NOTE 64GB NB100 STAR</t>
+  </si>
+  <si>
+    <t>IPHONE 13 128GB GRADE B PINK (PINK) USA</t>
+  </si>
+  <si>
+    <t>IPHONE SE2  64GB BLACK SWAP USA</t>
+  </si>
+  <si>
+    <t>IPHONE SE2  64GB RED SWAP USA</t>
+  </si>
+  <si>
+    <t>IPHONE SE2 128GB VERMELHO SWAP USA</t>
+  </si>
+  <si>
+    <t>IPHONE SE2 256GB BLACK SWAP USA</t>
+  </si>
+  <si>
+    <t>IPHONE 13 PRO 512GB GRADE A VERDE</t>
+  </si>
+  <si>
+    <t>IPHONE 13 PRO 128GB GRADE B GRAY CINZA</t>
+  </si>
+  <si>
+    <t>IPHONE 13 PRO 256GB GRADE B DOURADO</t>
+  </si>
+  <si>
+    <t>IPHONE 13 PRO 256GB GRADE B GRAY</t>
+  </si>
+  <si>
+    <t>IPHONE 13 PRO 256GB GRADE B BANCO SWAP</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -203,51 +182,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e42df3ffd6c7b2152bd7cbc1d118bca.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e151843173de5e6056a2cd2a91a3b227.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b21cc46dab9a09a044e9a7543bca6790.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e84fa09ebaba6ab100347fb338e81f1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd25e8ffb76f60524205add8a0c69217.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b67fc9f938c4d08c81a0b7878b10f4b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf3d7d58e3a9110219c69dd5dd0a446.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ef47d68d230d6d83b2ac5655e52b170.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d8059a18a1dd7f0c51f05f6e13668c5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/532b7d01cadef0a5726347d6f4ac268a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a9500f9fdbf1dd280ef78074bec4132.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6562bebb537d05fefc2b3ec9772c7e9b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a54615fc3c4bbf8baacdc5c5e1d11c33.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830a0a6309cb8fc7fd89ea90e7ddc7a8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/131ed326c1def3eb95caafd25f75badf.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b849595b96d85d2c4b1d787ae8601f54.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aca0a771844d101359a2fd3354a0f84e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e7b655e786447f8f7390221de0f913e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27200167212c88891e4a33892bb35d7f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa6be0940c0063ba41a4645cb7a90add.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9579fb87014db083a6f26a317c9a0a2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e6b2419b76dc62f1855380eca7e23be.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d12dd57e4618be1c3669c8b42d443bb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fb360557ec52659d1c6b0c976aebab6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/054b34f2f08ccab78606446ae80190de.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/923e4916e6ce3bd50ec7d8aba39a227c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1f05e88fc5cc8994623cb4753f24004.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b4bf8a4d2334046927897c365226b8c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adffc5577dcba1732e55889efeb69a64.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9387fa0ecb085ced0cf5c28dcf27577.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4201cda2447c4645c4e31a7cb2ae12a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e58c65aa6f02015c672fab6f2eb776fb.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd32be3b10cd7b811cdf26813e02110a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62beadccd44424d963ce0f326d301c40.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c88c9ca976a80726552933492ee8114.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65dfc81fdb1c5b3732bfb0369a75dc64.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52c38022fba88dfb173f2a8b03f63b2e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/300fa2171648b71ab5b21c9d86b3c8a8.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b67636582a11a850d3a5d3bbcff009fc.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea08e9cf3c808e1b7ac0c028e1fe40ab.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="457200" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1114,417 +1093,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>129923</v>
+        <v>133449</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>127.0</v>
+        <v>750.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>129961</v>
+        <v>133456</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>810.0</v>
+        <v>750.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>129985</v>
+        <v>134248</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>810.0</v>
+        <v>299.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>129992</v>
+        <v>134255</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>485.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>130370</v>
+        <v>134279</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>135.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>130455</v>
+        <v>134316</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>165.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>130851</v>
+        <v>134484</v>
       </c>
       <c r="C8" t="s">
+        <v>16</v>
+      </c>
+      <c r="D8" t="s">
+        <v>17</v>
+      </c>
+      <c r="E8" t="s">
         <v>18</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>320.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>130929</v>
+        <v>134521</v>
       </c>
       <c r="C9" t="s">
         <v>19</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>107.0</v>
+        <v>515.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>130936</v>
+        <v>134613</v>
       </c>
       <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
         <v>21</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>22</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>71.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>130943</v>
+        <v>134637</v>
       </c>
       <c r="C11" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D11" t="s">
+        <v>21</v>
+      </c>
+      <c r="E11" t="s">
         <v>22</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>71.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>131001</v>
+        <v>134705</v>
       </c>
       <c r="C12" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>130.0</v>
+        <v>299.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>131315</v>
+        <v>134712</v>
       </c>
       <c r="C13" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D13" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="E13" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>39.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>131360</v>
+        <v>134729</v>
       </c>
       <c r="C14" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>9</v>
+      </c>
+      <c r="F14" s="3">
+        <v>105.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>131377</v>
+        <v>134743</v>
       </c>
       <c r="C15" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>990.0</v>
+        <v>119.99</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>131421</v>
+        <v>134767</v>
       </c>
       <c r="C16" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>989.0</v>
+        <v>129.99</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>131490</v>
+        <v>134781</v>
       </c>
       <c r="C17" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E17" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>87.0</v>
+        <v>485.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>131827</v>
+        <v>134866</v>
       </c>
       <c r="C18" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D18" t="s">
         <v>8</v>
       </c>
       <c r="E18" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>59.0</v>
+        <v>387.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>132077</v>
+        <v>134873</v>
       </c>
       <c r="C19" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E19" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>80.0</v>
+        <v>420.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>132084</v>
+        <v>134880</v>
       </c>
       <c r="C20" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E20" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>80.0</v>
+        <v>420.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>132091</v>
+        <v>134897</v>
       </c>
       <c r="C21" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E21" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>98.0</v>
+        <v>420.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>