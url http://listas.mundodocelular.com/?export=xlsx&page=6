--- v0 (2025-10-28)
+++ v1 (2026-03-13)
@@ -14,155 +14,143 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/10/2025 15:59</t>
-[...2 lines deleted...]
-    <t>CEL XIAOMI NOTE 11 PRO +5G   6+128GB  AZUL  SWAP</t>
+    <t>Lista gerada no: 13/03/2026 19:48</t>
+  </si>
+  <si>
+    <t>IPHONE 16 PRO MAX 256GB DESERT SWAP TITA</t>
   </si>
   <si>
     <t>SMARTPHONES</t>
   </si>
   <si>
-    <t>XIAOMI</t>
-[...70 lines deleted...]
-  <si>
     <t>APPLE</t>
   </si>
   <si>
-    <t>IPHONE 11 PRO 64GB  GOLD   CPO   FWC52ZD</t>
+    <t>RECEPTOR IPTV ATV PRIME 4K ULTRA HD STREMING PLAYER</t>
+  </si>
+  <si>
+    <t>RECEPTOR</t>
+  </si>
+  <si>
+    <t>PRIME</t>
+  </si>
+  <si>
+    <t>IPHONE SE2 128GB BRANCO SWAP USA</t>
+  </si>
+  <si>
+    <t>IPHONE 15 PRO 128GB GRADO A BLACK USA</t>
+  </si>
+  <si>
+    <t>IPHONE 15 PRO 128GB GRADO A BLUE USA</t>
+  </si>
+  <si>
+    <t>IPHONE SE2 128GB BLACK SWAP USA</t>
+  </si>
+  <si>
+    <t>IPHONE 15 PRO 128GB GRADO A BRANCO</t>
+  </si>
+  <si>
+    <t>IPHONE 13 128GB GRADE B PRETO (BLACK)  U</t>
+  </si>
+  <si>
+    <t>IPHONE 13 128GB GRADE B AZUL</t>
+  </si>
+  <si>
+    <t>IPHONE 13 128GB GRADE B VERDE USA</t>
+  </si>
+  <si>
+    <t>IPHONE 13 PRO MAX 128GB GRADE B AZUL</t>
+  </si>
+  <si>
+    <t>IPHONE 14 PRO 128GB PRETO   GRADE B</t>
+  </si>
+  <si>
+    <t>IPHONE 14 PRO 128GB ROXO  GRADE B  USA</t>
+  </si>
+  <si>
+    <t>IPHONE 14 PRO 128GB GOLD  GRADE B  SWAP</t>
+  </si>
+  <si>
+    <t>IPHONE 14 PRO MAX 128GB SWAP GRADE B PURPLE</t>
+  </si>
+  <si>
+    <t>IPHONE 15 PRO 128GB GRADO B BLACK USA</t>
+  </si>
+  <si>
+    <t>IPHONE 15 PRO 128GB GRADO B AZUL</t>
+  </si>
+  <si>
+    <t>IPHONE 15 PRO 128GB GRADO B NATURAL</t>
+  </si>
+  <si>
+    <t>IPHONE 15 PRO MAX 256GB SWAP GRADO B PRETO</t>
+  </si>
+  <si>
+    <t>IPHONE 15 PRO MAX 256GB SWAP GRADO AZUL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -185,51 +173,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e31bf6278c8d5fa7925cab58fbce987.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75aa5f56e1c98004632d3fc88b5973ec.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2469d51dd04302d0df0fb4428e1c67e1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae864e5c5c306b61ca5b96a686849172.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d43eafd7017b928396989243678976a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0aec5a130143d83c7f495e81a476bb3d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a6055e2a5551eedf7896c3b0101885b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/469a070b7f6b240c4e7c93feb9893858.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08389e7acfa09273665b53cedddf3946.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab481381f6aa0c0f50536ae1f0a35a6c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c4d277cb2daf6cd7c310a360125dbda.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bd7d191127b5c86da0b503db5378d25.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c0298a92402b009eee994ed7e384acd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6793606cc411d528dcd4054a4c150ce8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebde064c3a1ddf943bce62a0b02f31e2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81932f64ad321f0ad6d54c037a0691b1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/206759f97497527e0f1741e98f703b7f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6893aabd3348f16fdc80fb72c6eee96a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8d11ffab4778596afc07799ba3e7a92.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adebebf15cac5bb9142866237e7da925.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c34feed6c508dd94f920d20ab7c73f9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a59fa82f538c6189d77bd7e4c11e56ee.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e7d5d8c71bc3310165fbb4dab0a0391.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2641ed8eddba244dbd77c662528a5f5b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a36fe5b308b2f6f17f544f0a64500ba.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/538d9818a64bf2c18343e873f2193218.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a919bfe4ddf4b2467550fa8e96bdc9c1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55a72290beb7e366bbd041aa440eeab9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54397c5069eef9676e2da2c455521ca1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1eb8150a9712c1ff144b452f878ec82d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dc7ce8ab060e8a20249e0fa03bb2987.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9c0b8f1545327d15d682cc8c2233143.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6816d9e9c7391e3b9f7e33e38c4520f7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdfccba9a9022beece97b887c07b45a4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42d4a85111cc811cfa8b33940487c93a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56dece7a63ee61c16f2f36ba3f02fc8c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cac19d329c280935c3e0150e68cfb43d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e2fcfd9d7eaa4cd646b873ddd4c982.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2d88626ecf22668ecc5506ec585417c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58fca9998d7d55426a08eaad3a42a191.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="457200" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1096,417 +1084,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>128261</v>
+        <v>131421</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>166.0</v>
+        <v>870.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>128285</v>
+        <v>131827</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>120.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>128292</v>
+        <v>132329</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>120.0</v>
+        <v>119.99</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>128315</v>
+        <v>132343</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>110.0</v>
+        <v>560.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>128339</v>
+        <v>132350</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
         <v>8</v>
       </c>
       <c r="E6" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>110.0</v>
+        <v>560.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>128353</v>
+        <v>132374</v>
       </c>
       <c r="C7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
         <v>8</v>
       </c>
       <c r="E7" t="s">
         <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>120.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>128360</v>
+        <v>132664</v>
       </c>
       <c r="C8" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
         <v>8</v>
       </c>
       <c r="E8" t="s">
         <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>134.0</v>
+        <v>560.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>128391</v>
+        <v>133142</v>
       </c>
       <c r="C9" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>8</v>
       </c>
       <c r="E9" t="s">
         <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>113.0</v>
+        <v>292.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>128407</v>
+        <v>133159</v>
       </c>
       <c r="C10" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D10" t="s">
         <v>8</v>
       </c>
       <c r="E10" t="s">
         <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>115.0</v>
+        <v>290.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>128414</v>
+        <v>133166</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>8</v>
       </c>
       <c r="E11" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>115.0</v>
+        <v>285.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>128421</v>
+        <v>133289</v>
       </c>
       <c r="C12" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D12" t="s">
         <v>8</v>
       </c>
       <c r="E12" t="s">
         <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>119.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>128445</v>
+        <v>133296</v>
       </c>
       <c r="C13" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D13" t="s">
         <v>8</v>
       </c>
       <c r="E13" t="s">
         <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>99.0</v>
+        <v>410.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>128452</v>
+        <v>133302</v>
       </c>
       <c r="C14" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D14" t="s">
         <v>8</v>
       </c>
       <c r="E14" t="s">
         <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>108.0</v>
+        <v>410.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>128469</v>
+        <v>133319</v>
       </c>
       <c r="C15" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D15" t="s">
         <v>8</v>
       </c>
       <c r="E15" t="s">
         <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>103.0</v>
+        <v>410.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>128544</v>
+        <v>133340</v>
       </c>
       <c r="C16" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D16" t="s">
         <v>8</v>
       </c>
       <c r="E16" t="s">
         <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>116.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>128575</v>
+        <v>133357</v>
       </c>
       <c r="C17" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D17" t="s">
         <v>8</v>
       </c>
       <c r="E17" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>136.0</v>
+        <v>520.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>128872</v>
+        <v>133364</v>
       </c>
       <c r="C18" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D18" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="E18" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>12.0</v>
+        <v>520.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>128896</v>
+        <v>133371</v>
       </c>
       <c r="C19" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D19" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="E19" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>26.0</v>
+        <v>520.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>128940</v>
+        <v>133388</v>
       </c>
       <c r="C20" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D20" t="s">
         <v>8</v>
       </c>
       <c r="E20" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>465.0</v>
+        <v>699.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>129435</v>
+        <v>133432</v>
       </c>
       <c r="C21" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D21" t="s">
         <v>8</v>
       </c>
       <c r="E21" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>345.0</v>
+        <v>735.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>