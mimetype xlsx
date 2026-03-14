--- v1 (2026-03-13)
+++ v2 (2026-03-14)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/03/2026 19:48</t>
+    <t>Lista gerada no: 13/03/2026 21:18</t>
   </si>
   <si>
     <t>IPHONE 16 PRO MAX 256GB DESERT SWAP TITA</t>
   </si>
   <si>
     <t>SMARTPHONES</t>
   </si>
   <si>
     <t>APPLE</t>
   </si>
   <si>
     <t>RECEPTOR IPTV ATV PRIME 4K ULTRA HD STREMING PLAYER</t>
   </si>
   <si>
     <t>RECEPTOR</t>
   </si>
   <si>
     <t>PRIME</t>
   </si>
   <si>
     <t>IPHONE SE2 128GB BRANCO SWAP USA</t>
   </si>
   <si>
     <t>IPHONE 15 PRO 128GB GRADO A BLACK USA</t>
   </si>
@@ -173,51 +173,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c34feed6c508dd94f920d20ab7c73f9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a59fa82f538c6189d77bd7e4c11e56ee.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e7d5d8c71bc3310165fbb4dab0a0391.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2641ed8eddba244dbd77c662528a5f5b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a36fe5b308b2f6f17f544f0a64500ba.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/538d9818a64bf2c18343e873f2193218.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a919bfe4ddf4b2467550fa8e96bdc9c1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55a72290beb7e366bbd041aa440eeab9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54397c5069eef9676e2da2c455521ca1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1eb8150a9712c1ff144b452f878ec82d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dc7ce8ab060e8a20249e0fa03bb2987.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9c0b8f1545327d15d682cc8c2233143.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6816d9e9c7391e3b9f7e33e38c4520f7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdfccba9a9022beece97b887c07b45a4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42d4a85111cc811cfa8b33940487c93a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56dece7a63ee61c16f2f36ba3f02fc8c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cac19d329c280935c3e0150e68cfb43d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e2fcfd9d7eaa4cd646b873ddd4c982.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2d88626ecf22668ecc5506ec585417c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58fca9998d7d55426a08eaad3a42a191.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1ebc62f2b31dc0aabe05479364cd483.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28e1fc9eb527144af11b7e2f4e907d6b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c350164d3f3e907b4c3ae8854278b9d1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f18ec0e1de7c7e038b9c860519cc4b6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85426022f73f7dc461b4b7c756865183.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46e0b3ff117a7c86d099cfc31de4cf90.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aeb4ba86608de2fa506e4db4931f4893.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b30e6cc6a711c1754f3aee3a0bf62f4.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b76fcfdc32b224a9dc0963a436655eff.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47f638bfd771b7494f83c65d40255f75.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7baa185bfba2e4047580907b6709834d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35d07c037b6006997a704d1efde86bc1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/261531ab9504cdc2f71d91f3fec74e98.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8bee9834d7564ee50d3f3dcf34e737e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d2c0f70614bb2fcc83f48e3df4c1235.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4308783c007d1992f1271cbc2cb6c82.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c52e7025cc50f2d41e0167f80aa67f2a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1590e3aa2b224c962105813d7c88d806.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3b27c357758bdc8d31a0aba8d3e816c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7da866564198233c11fa0b50b3725f4.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="457200" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>