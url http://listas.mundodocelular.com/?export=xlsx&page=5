--- v0 (2025-10-28)
+++ v1 (2026-03-13)
@@ -14,152 +14,176 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/10/2025 06:25</t>
-[...11 lines deleted...]
-    <t>CEL IPHONE 14  128GB  GRADE A    AZUL USA COM CHIP</t>
+    <t>Lista gerada no: 13/03/2026 17:54</t>
+  </si>
+  <si>
+    <t>CEL XIAOMI NOTE 11 PRO    6+128GB  PRETO SWAP</t>
   </si>
   <si>
     <t>SMARTPHONES</t>
   </si>
   <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CEL XIAOMI NOTE 11S 5G   4+128GB  AZUL SWAP</t>
+  </si>
+  <si>
+    <t>CEL XIAOMI NOTE 11S 5G   4+128GB  PRETO  SWAP</t>
+  </si>
+  <si>
+    <t>CEL XIAOMI NOTE 11S 5G 6+128GB PRETO SWAP</t>
+  </si>
+  <si>
+    <t>CEL XIAOMI NOTE 11S 5G 6+64GB BRANCO SWAP</t>
+  </si>
+  <si>
+    <t>CEL XIAOMI NOTE 11S 5G 8+128GB PRETO SWAP</t>
+  </si>
+  <si>
+    <t>CEL XIAOMI NOTE 11S   LA   6+128GB PRETO SWAP</t>
+  </si>
+  <si>
+    <t>CEL XIAOMI REDMI 13C      8+256GB  PRETO</t>
+  </si>
+  <si>
+    <t>CEL LG B 220 DUAL SIM FM RADIO GSM 850 900 1800 1900</t>
+  </si>
+  <si>
+    <t>CELULARES</t>
+  </si>
+  <si>
+    <t>LG</t>
+  </si>
+  <si>
+    <t>AURICULAR JBL BLUETOH WAVE 200 TWS  WHITE</t>
+  </si>
+  <si>
+    <t>FONE</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>AMAZON FIRE MAX 11 64GB GRAY</t>
+  </si>
+  <si>
+    <t>RECEPTOR</t>
+  </si>
+  <si>
+    <t>AMAZON</t>
+  </si>
+  <si>
+    <t>IPHONE 15 PRO MAX 256GB SWAP GRADO A  AZUL</t>
+  </si>
+  <si>
     <t>APPLE</t>
   </si>
   <si>
-    <t>CEL IPHONE 15  128GB GRADE A PRETO USA</t>
-[...29 lines deleted...]
-    <t>FONE ROFFE EARBUDS A70 ANC PODS WITH DISPLAY</t>
+    <t>IPHONE 15 PRO MAX 256GB SWAP GRADO A  PRETO</t>
+  </si>
+  <si>
+    <t>CEL REALME 12X 5G DUAL SIM 6.67" 8GB/256GB GLOWING PRETO</t>
+  </si>
+  <si>
+    <t>REALME</t>
+  </si>
+  <si>
+    <t>CABO APPLE CARREGAMENTO USB-C DE 240W MU</t>
   </si>
   <si>
     <t>ACESSORIOS</t>
   </si>
   <si>
-    <t>CEL XIAOMI MI 11 LITE 8+128GB PRETO SWAP</t>
-[...23 lines deleted...]
-    <t>CEL XIAOMI NOTE 11 PRO +5G   6+128GB  AZUL  SWAP</t>
+    <t>IPHONE 13 128GB GRADE A+ PINK</t>
+  </si>
+  <si>
+    <t>CEL XIAOMI REDMI 14C      8+256GB VERDE</t>
+  </si>
+  <si>
+    <t>IPAD AIR 2 64GB SWAP 64GB GRAY</t>
+  </si>
+  <si>
+    <t>IPAD</t>
+  </si>
+  <si>
+    <t>TABLET CIDEA 6/128 5G CM515 7P 1 CHIP VERMELHO</t>
+  </si>
+  <si>
+    <t>TABLETS</t>
+  </si>
+  <si>
+    <t>CIDEA</t>
+  </si>
+  <si>
+    <t>IPHONE 16 PRO MAX 256GB BLACK TITANIUN</t>
+  </si>
+  <si>
+    <t>Produtos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -182,51 +206,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e96e28f8e326ee77710d89f2babc2d7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cc3d70f83007295c981db2a49be772d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1572a7274712a35bdcfeb07cb1d20604.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc5723d18891b7048e03ac784924910f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65bf8076c6ef0ffa35495272f152ad2f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0da38ae65351ec1df0066bd3d050395b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154ed09aefbda978e28ac7f89117f2b6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a23b1e09526617f84e2608201b9fa13d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f6007f0f506013024d5356a23bdc680.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf5a4a027a8e343538dfe474130091e2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83052efa9935f731c9bf6e84c88978cb.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac5756c8931260ff4b2a76ca46ac5652.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11f2731b61977784cbbf59f19104e84f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1c276326439f56150e47f3fa891c782.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/089a3a4f2685a3405ccb07b9c9634efc.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3bb2e67b8e5b455fdc70610a67ee1ba.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4233ff754d55bcc6b510d688ab69fdab.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edf3332ae8ca4301194ee49b22805a8b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d04a8cf4c4c3df62f3533e6f2c11d46b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffc80b1c0d6765df317baa3826140f28.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbc30abd0120ddc37ff73cf70a6af203.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3df8f576d4838ad97c227064875b4afb.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89064de7de56dace5f0d3a8af93290b3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c86fda5c834778d4bb9d4d0cd4fc083.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d432dc0b966a95ada2def9aab889d03e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/458004528014b47f14b2f093b0a2f1f9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b9c308a95ac2ce6483ac2998d82005e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/885c6258af02cf6a997c42ebe063bf7c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0ed8e45dcb6017609b2989e3345fb36.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34ac1047c55f469f4f85b48bcac899af.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8151a1ee5f34a1d30a9723c43ec606bd.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b4f5caa0cba6d4007b848fc951b6468.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e2d48d8f29bda6369e8db06c943a5cd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89c7f37d52eb9e3f1d00347bf4e36ef6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2a2b95de642e3c34421e105d6d21c6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/309e611c378f3b5b5f93f7ad646e5996.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7cbdfba096bd1499ff03ab409ee3679.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea738ac64e41972561e2406a504ab790.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/479eaf90bdf37121784db68728595333.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0e6fc7cc158efab0fac43b7e5aa1da.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="457200" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1124,386 +1148,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>123969</v>
+        <v>128360</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>27.5</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>125093</v>
+        <v>128391</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>349.0</v>
+        <v>113.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>125437</v>
+        <v>128407</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>485.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>125444</v>
+        <v>128421</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>810.0</v>
+        <v>119.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>125673</v>
+        <v>128445</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>12.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>126588</v>
+        <v>128452</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>318.0</v>
+        <v>108.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>127004</v>
+        <v>128469</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>387.0</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>127226</v>
+        <v>128544</v>
       </c>
       <c r="C9" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>199.0</v>
+        <v>116.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>127394</v>
+        <v>128872</v>
       </c>
       <c r="C10" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F10" s="3">
-        <v>340.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>127400</v>
+        <v>128896</v>
       </c>
       <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>21</v>
+      </c>
+      <c r="E11" t="s">
         <v>22</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>345.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>127769</v>
+        <v>129923</v>
       </c>
       <c r="C12" t="s">
         <v>23</v>
       </c>
       <c r="D12" t="s">
         <v>24</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="F12" s="3">
-        <v>14.0</v>
+        <v>127.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>128025</v>
+        <v>129961</v>
       </c>
       <c r="C13" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F13" s="3">
-        <v>110.0</v>
+        <v>670.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>128070</v>
+        <v>129985</v>
       </c>
       <c r="C14" t="s">
+        <v>28</v>
+      </c>
+      <c r="D14" t="s">
+        <v>8</v>
+      </c>
+      <c r="E14" t="s">
         <v>27</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>105.0</v>
+        <v>745.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>128100</v>
+        <v>130455</v>
       </c>
       <c r="C15" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E15" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F15" s="3">
-        <v>119.0</v>
+        <v>165.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>128124</v>
+        <v>130769</v>
       </c>
       <c r="C16" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="E16" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F16" s="3">
-        <v>118.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>128131</v>
+        <v>130851</v>
       </c>
       <c r="C17" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E17" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F17" s="3">
-        <v>118.0</v>
+        <v>315.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>128216</v>
+        <v>130929</v>
       </c>
       <c r="C18" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E18" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>128.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>128223</v>
+        <v>131001</v>
       </c>
       <c r="C19" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="E19" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F19" s="3">
-        <v>172.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>128254</v>
+        <v>131315</v>
       </c>
       <c r="C20" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E20" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="F20" s="3">
-        <v>166.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>128261</v>
+        <v>131360</v>
       </c>
       <c r="C21" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E21" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F21" s="3">
-        <v>166.0</v>
+        <v>870.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>