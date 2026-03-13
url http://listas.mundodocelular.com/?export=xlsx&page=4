--- v0 (2025-10-28)
+++ v1 (2026-03-13)
@@ -14,161 +14,155 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/10/2025 06:19</t>
-[...2 lines deleted...]
-    <t>LOCALIZADOR DEVAKI MITAG HD-P16 COM ESTOJO MARRON</t>
+    <t>Lista gerada no: 13/03/2026 19:31</t>
+  </si>
+  <si>
+    <t>IPHONE 11 128GB GRADO A+ LILA</t>
+  </si>
+  <si>
+    <t>Produtos</t>
+  </si>
+  <si>
+    <t>APPLE</t>
+  </si>
+  <si>
+    <t>CABO APPLE WATCH ORIGINAL  SEM CAIXA</t>
+  </si>
+  <si>
+    <t>IPHONE 14  128GB  GRADE A    AZUL USA COM CHIP</t>
+  </si>
+  <si>
+    <t>IPHONE 15 PRO MAX 256GB SWAP GRADO A   NATURAL   USA</t>
+  </si>
+  <si>
+    <t>CARR. MAGSAFE BATTERY PACK 5000 MAH  BRANCO</t>
+  </si>
+  <si>
+    <t>CARREGADOR</t>
+  </si>
+  <si>
+    <t>GERAL</t>
+  </si>
+  <si>
+    <t>IPHONE 12 PRO 128GB GRADE A   DORADO    USA</t>
+  </si>
+  <si>
+    <t>IPHONE 13 PRO 128GB GRADE B BLUE (AZUL)</t>
+  </si>
+  <si>
+    <t>SMARTPHONES</t>
+  </si>
+  <si>
+    <t>CEL IPHONE 11  64GB GRADE A -  BRANCO USA</t>
+  </si>
+  <si>
+    <t>IPHONE 14 128GB GRADE B PRETO</t>
+  </si>
+  <si>
+    <t>FONE ROFFE EARBUDS A70 ANC PODS WITH DISPLAY</t>
   </si>
   <si>
     <t>ACESSORIOS</t>
   </si>
   <si>
     <t>ACER</t>
   </si>
   <si>
-    <t>LOCALIZADOR DEVAKI MITAG HD-P16 COM ESTOJO BRANCO</t>
-[...47 lines deleted...]
-    <t>CEL XIAOMI REDMI 13C 8+256GB  AZUL</t>
+    <t>CEL XIAOMI MI 11 LITE 8+128GB PRETO SWAP</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
-    <t>CARREGADOR IPHONE MAGSAFE BATTERY PACK MODEL A2384 BRANCO</t>
-[...23 lines deleted...]
-    <t>CEL IPHONE 12 128GB GRADE A+    ROXO</t>
+    <t>CEL XIAOMI MI 11 LITE   5G NE 8+128GB  PRETO SWAP</t>
+  </si>
+  <si>
+    <t>CEL XIAOMI NOTE 11 PRO    6+64GB  AZUL  SWAP</t>
+  </si>
+  <si>
+    <t>CEL XIAOMI NOTE 11 PRO +   5G  8+128GB  PRETO  SWAP</t>
+  </si>
+  <si>
+    <t>CEL XIAOMI NOTE 11 PRO+ 5G   6+128GB  PRETO  SWAP</t>
+  </si>
+  <si>
+    <t>CEL XIAOMI NOTE 11 PRO +5G   6+128GB  AZUL  SWAP</t>
+  </si>
+  <si>
+    <t>CEL XIAOMI NOTE 11 PRO 5G   6+128GB  PRETO  SWAP</t>
+  </si>
+  <si>
+    <t>CEL XIAOMI NOTE 11 PRO 5G   6+128GB  AZUL SWAP</t>
+  </si>
+  <si>
+    <t>CEL XIAOMI NOTE 11 PRO    8+128GB  AZUL SWAP</t>
+  </si>
+  <si>
+    <t>CEL XIAOMI NOTE 11 PRO  5G   8+128GB  PRETO SWAP</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -191,51 +185,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01d3d14b85d22c24577bef72d13e5179.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a7377f8745059c7cf808cd4c1f60073.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7ad918ede11486fe7dd8bef9c7a4fc1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d827b1180e903fcc31569c443eecaca.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0531c5af800424aa18852c82c59263bf.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d797c8454e6b0dfc7c357a428aed54d7.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb1bc8c4e293616a48b2714c3e093d53.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/029cfc49748833d0b14c630ace7371bd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbab884e67b04ef46dcab0ba498a40d3.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bace91d14b8be7d6a7fe1c6243cfcda.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afa7d7e68ca4616306663af5d6054c33.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533b11928a4f4e0aad42d57ea91e8d94.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfc2eb3414ad06a631780d5787155dfa.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cea07623764856ea219b079666ee1b0b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef937d18717fa9ca90aa17638227baa.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60e82efcf7f79a9b7a5f243326cafeff.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61c1ac355f71093623c5280a1688fabf.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f7107bb718d976eda5356111ec8a0a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cbf5cb3b1fe32fec2d6ccae68d77809.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/783c0451cc07a0d7a28dd27a3032f4a1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24e83c7afb75dc9eaf7a95498543f804.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33b1eb1d1c5fe5d1acb36522f4025690.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03e7fab79d491a5e2ea98f9943fe40b5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa110722c8f9ab3aeb61dcf8b804d697.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/038fa1f808a70f1d159dd932daaf372c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/212a6a721ca20b7df378cf826f624548.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f000cc14589534c247c7a141ec128a36.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c81a1f5fc34daa0a73e26f018d710e74.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a6c1bbb9b108b0f76dc65780487c0c1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f68bce6f8fb38c6cefbd5454f7883266.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2ad5aaf627001912de44df42c2f41d2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ac2f6dc4525f09bd0266740e4beabfb.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e891315749c88a33a38a47780865236a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26b1984372b326370fe96a0c9350f959.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfddebfbd8e3a5ce6e136a413c0b34df.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aab2b9655ec52d37db93b14720d988cc.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cf51362370c2b67c24a6ec0dbe492ca.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d792fb793662d1e4c7433fcf51ed71a8.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a6517d1aee95260cb00ccb63e945667.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/299a42ef8f56d5c51e6c173ec83f0d20.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="457200" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1102,417 +1096,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>117944</v>
+        <v>123204</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>11.5</v>
+        <v>199.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>117951</v>
+        <v>124430</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>11.5</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>118156</v>
+        <v>125093</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>90.0</v>
+        <v>345.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>118187</v>
+        <v>125444</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>319.0</v>
+        <v>670.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>118194</v>
+        <v>125673</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>325.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>118200</v>
+        <v>126588</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>320.0</v>
+        <v>318.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>118798</v>
+        <v>127004</v>
       </c>
       <c r="C8" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" t="s">
         <v>18</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>450.0</v>
+        <v>387.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>119009</v>
+        <v>127226</v>
       </c>
       <c r="C9" t="s">
         <v>19</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>420.0</v>
+        <v>199.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>119450</v>
+        <v>127394</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E10" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>19.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>120999</v>
+        <v>127769</v>
       </c>
       <c r="C11" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" t="s">
+        <v>22</v>
+      </c>
+      <c r="E11" t="s">
         <v>23</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>245.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>121118</v>
+        <v>128025</v>
       </c>
       <c r="C12" t="s">
         <v>24</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="E12" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F12" s="3">
-        <v>602.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>121125</v>
+        <v>128131</v>
       </c>
       <c r="C13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E13" t="s">
         <v>25</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>605.0</v>
+        <v>118.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>121330</v>
+        <v>128216</v>
       </c>
       <c r="C14" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="E14" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F14" s="3">
-        <v>116.0</v>
+        <v>128.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>121590</v>
+        <v>128223</v>
       </c>
       <c r="C15" t="s">
         <v>28</v>
       </c>
       <c r="D15" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E15" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="F15" s="3">
-        <v>14.0</v>
+        <v>172.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>122573</v>
+        <v>128254</v>
       </c>
       <c r="C16" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D16" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E16" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F16" s="3">
-        <v>18.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>122580</v>
+        <v>128261</v>
       </c>
       <c r="C17" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D17" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E17" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F17" s="3">
-        <v>18.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>122863</v>
+        <v>128285</v>
       </c>
       <c r="C18" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D18" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E18" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F18" s="3">
-        <v>14.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>123204</v>
+        <v>128292</v>
       </c>
       <c r="C19" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="E19" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F19" s="3">
-        <v>215.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>123280</v>
+        <v>128315</v>
       </c>
       <c r="C20" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="E20" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F20" s="3">
-        <v>245.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>123297</v>
+        <v>128353</v>
       </c>
       <c r="C21" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="E21" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F21" s="3">
-        <v>245.0</v>
+        <v>120.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>