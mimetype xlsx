--- v0 (2025-12-11)
+++ v1 (2026-03-13)
@@ -14,134 +14,155 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 11/12/2025 20:26</t>
-[...5 lines deleted...]
-    <t>NOTEBOOK</t>
+    <t>Lista gerada no: 13/03/2026 18:34</t>
+  </si>
+  <si>
+    <t>APPLE WATCH S11 46MM MEV74 ROSE GOLD ML</t>
+  </si>
+  <si>
+    <t>Produtos</t>
   </si>
   <si>
     <t>APPLE</t>
   </si>
   <si>
-    <t>MACBOOK AIR 2020 I3 A2179 13” 1.1 512GB SWAP US</t>
-[...50 lines deleted...]
-    <t>MACBOOK PRO 2017 I5/ A1708 13” / 2.3 256GB SWAP US</t>
+    <t>APPLE WATCH S11 46MM MEV44 GRAY ML</t>
+  </si>
+  <si>
+    <t>ULEFONE ARMOR 23 ULTRA  PRETO 12/512GB</t>
+  </si>
+  <si>
+    <t>ULEFONE</t>
+  </si>
+  <si>
+    <t>ULEFONE ARMOR 23 ULTRA ORANG 12-512GB</t>
+  </si>
+  <si>
+    <t>ULEFONE ARMOR 34 PLUS VERSION BLACK 8 128GB</t>
+  </si>
+  <si>
+    <t>SMARTPHONES</t>
+  </si>
+  <si>
+    <t>XIAOMI REDMI NOTE 15    8+256 PRETO</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>XIAOMI REDMI NOTE 15    8+256  AZUL</t>
+  </si>
+  <si>
+    <t>TABLET LUCKYROAD LK72 16-512GB GRAY</t>
+  </si>
+  <si>
+    <t>CIDEA</t>
+  </si>
+  <si>
+    <t>TABLET LUCKYROAD LK71 16-512GB BRANCO</t>
+  </si>
+  <si>
+    <t>GTIDE SMART WATCH POWER BLACK + TAKA PERFUME</t>
+  </si>
+  <si>
+    <t>GTIDE</t>
+  </si>
+  <si>
+    <t>GTIDE SMART WATCH POWER SILVER + TAKA PERFUME</t>
+  </si>
+  <si>
+    <t>GTIDE SMART WATCH ROMANCE BLACK + ZOHOOR PERFUME</t>
+  </si>
+  <si>
+    <t>RELOGIO</t>
+  </si>
+  <si>
+    <t>GTIDE SMART WATCH ROMANCE GOLD + ZOHOOR PERFUME</t>
+  </si>
+  <si>
+    <t>GTIDE SMART WATCH ROMANCE SILVER + ZOHOO PERFUME</t>
+  </si>
+  <si>
+    <t>GTIDE SMART WATCH S6 PRO BLACK + AMBOS PERFUME</t>
+  </si>
+  <si>
+    <t>GTIDE SMART WATCH S6 PRO GOLD + AMBOS PERFUME</t>
+  </si>
+  <si>
+    <t>GTIDE SMART WATCH S6 PRO BRANCO + AMBOS PERFUME</t>
+  </si>
+  <si>
+    <t>GTIDE SMART WATCH R9 EDGE GREY</t>
+  </si>
+  <si>
+    <t>GTIDE SMART WATCH Q1 BLUE SWS004</t>
+  </si>
+  <si>
+    <t>GTIDE SMART WATCH Q1 PURPLE SWS004</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -164,51 +185,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e22965cec45ea694316d846a40e82fba.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3167a22cc8878979fb541b44b981800.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf3e44908b75fa587384ea3f43f894ca.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bb31edd10994108b365899be1016b1c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d7045935eb6ec8bfa75ca25b0aaab6a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ede84933b4487aa0d9a1f90f6af9b498.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ca0fd1c37a6a29ed7a17c71b32fac33.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af99ffec4ce4741f6241ea1c6679bd4b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0231a16ad541b43a27813ec0ab67f875.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b8743b567b2cc9ffd7e63b78de68493.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f775d3a4c305578d4716f075acb3b00.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc1bfe50c2bdf71de9727563e4248559.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a21eed0da8b5ea5fa195050d8fc98c54.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d239c42d583d1b5cd7a3022d7687c7f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3a88bb0d123dabc8331e6b8a99f068.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f78263c2c023e0c32a62532b53fea0a1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50548ca4e4234390cc144ed5c79aa2df.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94b87e4d3062c524e7393755afe096f2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81ea80dab11bd4dc468ed3be02568890.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0670370ae1efff05844c5a1b85c7246d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/908c9022b81e97697e127ec12580c9c2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5621906ef7a2ea0dc09116881f14429f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1c868849fdc18889dfbdba7036b33f2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d077143b0a6b4b4f514396615728d998.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca89c31dbe7446a88d86eadd54ba8b9a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f48bf745a0f9fd52fe32d3888625633.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d77032ae213c77516665cbaa1862168.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2360a05a78b871fa3769b3e63dae5980.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e891be705023ee42f8252e16fae6ab2.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7deee1db7e52d6ee4d60af2d7c53cc0e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8703de596afbb65b179ac67f0a9e8c5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab3a818770d4b8f2bc1563faa5d9334f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0f4e114f83a1c40b02cee4a57a9b4e9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a62e7ef2501bdec1437ff14049f80ae5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d4674dc81f7a3bf4b8b3cb1830f59ea.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5a4533ce97d97ad6d2b53ab18513e97.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7431fff269e21dc7e38ed4b7712c16ad.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d2d8a4576c52a5d6df6e26e46c1148e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4d028e974ce86194f373b1a654db645.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af016f8c39271f0a5aea1640e80d5986.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="457200" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1075,417 +1096,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>145473</v>
+        <v>150156</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>399.0</v>
+        <v>397.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>145480</v>
+        <v>150163</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>390.0</v>
+        <v>397.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>145503</v>
+        <v>150262</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>399.0</v>
+        <v>363.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>145534</v>
+        <v>150279</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>195.0</v>
+        <v>360.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>145541</v>
+        <v>150316</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D6" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>215.0</v>
+        <v>410.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>145558</v>
+        <v>150385</v>
       </c>
       <c r="C7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
         <v>8</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>199.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>145572</v>
+        <v>150392</v>
       </c>
       <c r="C8" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>8</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F8" s="3">
-        <v>263.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>145589</v>
+        <v>150408</v>
       </c>
       <c r="C9" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D9" t="s">
         <v>8</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>455.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>145602</v>
+        <v>150415</v>
       </c>
       <c r="C10" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D10" t="s">
         <v>8</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F10" s="3">
-        <v>460.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>145619</v>
+        <v>150460</v>
       </c>
       <c r="C11" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D11" t="s">
         <v>8</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F11" s="3">
-        <v>470.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>145633</v>
+        <v>150477</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="D12" t="s">
         <v>8</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F12" s="3">
-        <v>220.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>145640</v>
+        <v>150484</v>
       </c>
       <c r="C13" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D13" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F13" s="3">
-        <v>199.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>145664</v>
+        <v>150491</v>
       </c>
       <c r="C14" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="D14" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F14" s="3">
-        <v>199.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>145695</v>
+        <v>150507</v>
       </c>
       <c r="C15" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="D15" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F15" s="3">
-        <v>625.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>145756</v>
+        <v>150514</v>
       </c>
       <c r="C16" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="D16" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F16" s="3">
-        <v>315.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>145855</v>
+        <v>150521</v>
       </c>
       <c r="C17" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="D17" t="s">
         <v>8</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F17" s="3">
-        <v>540.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>145879</v>
+        <v>150538</v>
       </c>
       <c r="C18" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="D18" t="s">
         <v>8</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F18" s="3">
-        <v>620.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>145893</v>
+        <v>150545</v>
       </c>
       <c r="C19" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="D19" t="s">
         <v>8</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F19" s="3">
-        <v>550.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>145909</v>
+        <v>150569</v>
       </c>
       <c r="C20" t="s">
+        <v>33</v>
+      </c>
+      <c r="D20" t="s">
         <v>26</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F20" s="3">
-        <v>219.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>145916</v>
+        <v>150576</v>
       </c>
       <c r="C21" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="D21" t="s">
         <v>8</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F21" s="3">
-        <v>249.0</v>
+        <v>19.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>