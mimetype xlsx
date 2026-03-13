--- v0 (2025-10-28)
+++ v1 (2026-03-13)
@@ -14,158 +14,167 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/10/2025 06:17</t>
-[...2 lines deleted...]
-    <t>IPHONE 12 PROMAX - 512GB - SWAP - GRADE A - GRAFFITE</t>
+    <t>Lista gerada no: 13/03/2026 17:49</t>
+  </si>
+  <si>
+    <t>Apple MACBOOK CRD APPLE MBPRO 16" - i7 - 2.6 - 2019 - 512SSD</t>
+  </si>
+  <si>
+    <t>NOTEBOOK</t>
+  </si>
+  <si>
+    <t>APPLE</t>
+  </si>
+  <si>
+    <t>IPHONE 13 PRO MAX 128GB GRADE A AZUL</t>
   </si>
   <si>
     <t>SMARTPHONES</t>
   </si>
   <si>
-    <t>APPLE</t>
-[...37 lines deleted...]
-  <si>
     <t>FONE REDMI AIRDOTS 2 RED TWSEJ061LS BLK</t>
   </si>
   <si>
     <t>FONE</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
     <t>IPHONE 11 128GB GRADO A+ PRETO</t>
   </si>
   <si>
+    <t>RECEPTOR DIGITAL  HTV  H8 ANDROID ULTRA HD</t>
+  </si>
+  <si>
+    <t>RECEPTOR</t>
+  </si>
+  <si>
+    <t>HTV</t>
+  </si>
+  <si>
     <t>FONTE APPLE ADAPTER MACBOOK   USB-C+C</t>
   </si>
   <si>
     <t>FONTE</t>
   </si>
   <si>
-    <t>CEL XIAOMI POCO X4 PRO 5G  6+128GB DS AMARELO</t>
+    <t>IPHONE 13 128GB PRETO GRADE A</t>
+  </si>
+  <si>
+    <t>APPLE AIRTAG 1-PACK MX532AM/A MODEL A/2187</t>
+  </si>
+  <si>
+    <t>ACESSORIOS</t>
   </si>
   <si>
     <t>IPHONE 13 PRO MAX 128GB GRADE A VERDE</t>
   </si>
   <si>
     <t>CABO APPLE MM0A3ZE/A USB-C TO LIGHTNING ORIGINAL</t>
   </si>
   <si>
     <t>CABO</t>
   </si>
   <si>
     <t>IPHONE 14 128GB GRADE A PRETO/NEGRO</t>
   </si>
   <si>
-    <t>CEL IPHONE 14   128GB GRADE A BRANCO USA</t>
-[...5 lines deleted...]
-    <t>RELOGIO BLULORY SMARTWATCH GLIFO 8 ULTRA ORANGE</t>
+    <t>IPHONE 14   128GB GRADE A BRANCO USA</t>
+  </si>
+  <si>
+    <t>Produtos</t>
+  </si>
+  <si>
+    <t>IPHONE 14 128GB GRADE A ROXO /LILAS USA</t>
+  </si>
+  <si>
+    <t>IPHONE 13 PRO - 256GB - GRADE A - GOLD/DOURADO</t>
+  </si>
+  <si>
+    <t>IPHONE 13 PRO MAX 128GB GRADE A DOURADO</t>
+  </si>
+  <si>
+    <t>IPHONE 12 PRO - GRADE A   512GB - SWAP- BLUE/AZUL</t>
+  </si>
+  <si>
+    <t>IPHONE 13 PRO 256GB GRADE A GREN (VERDE</t>
+  </si>
+  <si>
+    <t>IPHONE 14 PRO 128GB GRADE A USA   DOURADO</t>
+  </si>
+  <si>
+    <t>IPHONE 14 PRO 128GB PURPLE  GRADE A  USA</t>
+  </si>
+  <si>
+    <t>IPAD AIR 4 WIFI +GPS A2316  AZUL CPO</t>
+  </si>
+  <si>
+    <t>IPAD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -188,51 +197,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4693fd4369acd76ac83db8b8e524e53.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13c607076cf2b57ffaae53d92dca417e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/519513c58fccb5a526edf62c12ab14f9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/514ebe2bccf938b805f221331161a74f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd0a5afe3797b63e3fafe836d92c419b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cb65e7daaf28658ea91ac02a22102f8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622680b82fde43f9d2445fcb4baab039.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20d9711fdc64ed3abbcbe7510939712.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8ad02b44ce651cf0df683f6858e5df6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70d73360afc30c5d7d30c9e52e425213.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b305d5d2fc260a0725606b0d157d9054.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27fc98bb17fafedc476f2a7121b1f8f5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a123098c23954b5121ec00769991ea32.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee10aa467f13f1f58ccf1f9275178ec9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0b35624f6f2c23c5a6d9226143bb531.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65f102aa4b6cae1b09449059486a48a0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc303d34e066499ceedb17e2f8b4c71c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dce89693a3df7b51fdf6bca6cf19b37e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e42b7d292d1ccf0d5a6becf25d76fb3c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be31eca1e7e744e4998bb519d28edf92.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af5bab516fc876409864b6a17593dc98.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e9242a7b4b72bbb867afe571bfb9e3c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/902b1f8d3ec9d424a426c153b69b138a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed9ad647f4abd9fd130d0581e3dcc3d2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d169f34ed1de7f027c15b20c3e25ac6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bc92817e8712a4bf3e0875944dcf339.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07a57962ed7e5c3033bb770a9b8d88ca.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b141bd88a8c00a1ea40bb1007758472a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7517657ba82179a74eae6a88d17bece4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9bfd734e3b340894e2b253427c6132c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd8fef0de27dc7f969e27e13089921c4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23c012dadd819dedf09508a0c0780f2c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5ad0868da8a81a39129d9f7862069ea.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e26a91a84ed007fec8cfac09811bb38f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a870cbbbc8a39ecbf1bad452c062ae6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c303abbdf35da626236c0a04c3ec115.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f3ed23beaa17c49c3b8b68236c347bf.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c4bef524167fcc32fc8fc75faa10142.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91719824e53b83c0972d12d3f1e8ece5.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d8fa5843fbc6d225f333d24efc58568.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="457200" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1101,415 +1110,415 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>102902</v>
+        <v>107068</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>470.0</v>
+        <v>799.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>103121</v>
+        <v>107440</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>325.0</v>
+        <v>455.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>103411</v>
+        <v>107488</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>425.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>103428</v>
+        <v>107747</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>425.0</v>
+        <v>199.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>103923</v>
+        <v>107860</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>425.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>105187</v>
+        <v>108065</v>
       </c>
       <c r="C7" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>26.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>105477</v>
+        <v>110372</v>
       </c>
       <c r="C8" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>275.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>107051</v>
+        <v>110426</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>960.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>107068</v>
+        <v>110488</v>
       </c>
       <c r="C10" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>799.0</v>
+        <v>455.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>107440</v>
+        <v>110648</v>
       </c>
       <c r="C11" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D11" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>490.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>107488</v>
+        <v>110716</v>
       </c>
       <c r="C12" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>10.0</v>
+        <v>345.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>107747</v>
+        <v>110723</v>
       </c>
       <c r="C13" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D13" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
         <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>215.0</v>
+        <v>345.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>108065</v>
+        <v>110747</v>
       </c>
       <c r="C14" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D14" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E14" t="s">
         <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>40.0</v>
+        <v>345.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>110402</v>
+        <v>111553</v>
       </c>
       <c r="C15" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D15" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>161.0</v>
+        <v>445.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>110488</v>
+        <v>114196</v>
       </c>
       <c r="C16" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>490.0</v>
+        <v>455.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>110648</v>
+        <v>114370</v>
       </c>
       <c r="C17" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D17" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>12.0</v>
+        <v>410.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>110716</v>
+        <v>114417</v>
       </c>
       <c r="C18" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D18" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>349.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>110723</v>
+        <v>115100</v>
       </c>
       <c r="C19" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D19" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>360.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>110747</v>
+        <v>115124</v>
       </c>
       <c r="C20" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D20" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
         <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>360.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>111492</v>
+        <v>115605</v>
       </c>
       <c r="C21" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D21" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="E21" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>18.0</v>
+        <v>320.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>