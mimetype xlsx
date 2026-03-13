--- v0 (2025-12-11)
+++ v1 (2026-03-13)
@@ -14,71 +14,71 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 11/12/2025 20:18</t>
+    <t>Lista gerada no: 13/03/2026 17:51</t>
   </si>
   <si>
     <t>WAHL BARBER TRIM        100/240V/50/60HZ</t>
   </si>
   <si>
     <t>AFEITADORA</t>
   </si>
   <si>
     <t>WAHL</t>
   </si>
   <si>
     <t>TP-LINK ARCHER C50 AC1200 WIR DUAL 4NAT</t>
   </si>
   <si>
     <t>ROTEADOR</t>
   </si>
   <si>
     <t>TP-LINK</t>
   </si>
   <si>
     <t>FONE XIAOMI BASIC IN-EAR    MATTE SILVER</t>
   </si>
   <si>
     <t>FONE</t>
   </si>
@@ -91,93 +91,99 @@
   <si>
     <t>SMARTPHONES</t>
   </si>
   <si>
     <t>APPLE</t>
   </si>
   <si>
     <t>IPHONE 11 64GB GRADE A BLACK (PRETO) USA</t>
   </si>
   <si>
     <t>CARRE.PORT. XIAOMI 3PRO 20000MAH     BLK</t>
   </si>
   <si>
     <t>BATERIA</t>
   </si>
   <si>
     <t>SMARTWATCH AMAZING KNOB FITNESS LW15 BLK</t>
   </si>
   <si>
     <t>RELOGIO</t>
   </si>
   <si>
     <t>BLU</t>
   </si>
   <si>
-    <t>IPHONE 11 128GB - GRADE A+ / WHITE/BRANCO</t>
-[...11 lines deleted...]
-    <t>IPHONE 12 128GB GRADE A BLACK (PRETO) USA</t>
+    <t>IPHONE 11 128GB - GRADE A+ / BRANCO SWAP</t>
+  </si>
+  <si>
+    <t>Produtos</t>
   </si>
   <si>
     <t>Receptor IPTV ATV A5 5G 8K 2GB Ram 16GB Branco</t>
   </si>
   <si>
     <t>RECEPTOR</t>
   </si>
   <si>
     <t>GERAL</t>
   </si>
   <si>
     <t>Receptor IPTV ATV A5 5G 8K 2GB Ram 16GB Preto</t>
   </si>
   <si>
     <t>IPHONE 12 PRO MAX GRADO A</t>
   </si>
   <si>
+    <t>IPHONE 13 128GB GRADO A  PINK       PINK</t>
+  </si>
+  <si>
     <t>IPHONE 13 128GB GRADO A            BRANCO</t>
   </si>
   <si>
+    <t>IPHONE 13 128GB GRADO "A" SWAP    AZUL</t>
+  </si>
+  <si>
     <t>IPHONE 13 128GB GRADO A            VERMELHO</t>
   </si>
   <si>
     <t>IPHONE 12 PROMAX - 512GB - SWAP - GRADE A - GRAFFITE</t>
   </si>
   <si>
-    <t>IPHONE 13 128GB GRADO A            VERDE</t>
-[...1 lines deleted...]
-  <si>
     <t>IPHONE 13 PRO 128GB GRADO A DOURADO</t>
+  </si>
+  <si>
+    <t>IPHONE 13 PRO 128GB GRADO A  AZUL</t>
+  </si>
+  <si>
+    <t>AIRTAG   APPLE   MX542BE/A  - 4 PACK</t>
+  </si>
+  <si>
+    <t>ACESSORIOS</t>
+  </si>
+  <si>
+    <t>IPHONE 11 256GB GRADE A PURPLE (ROXO) US - SWAP</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -200,51 +206,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4bccf17dd0b7e49403ed7607c8be0c5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ac3b18edf3aa18b1b57f8796564572d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29ee658819b29a680fccaab489161a72.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a3d79f75df9aaf3a56e331b45e7617f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce19df66dfa67f1b41b8bb461503b792.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/636014195d2781a22023f81f72e80cc1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8567f61d69e100c12119f205d1be189.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27546be012dacb6079cc6c96cb5d0a8d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5ffe0e72029dd5d968e81091758995d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c85f7d93ac9883c6a9f9be35e099ff58.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52af31678f9cd5a15196f9c9315474c9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac15c69eb711f1e928945b9042494240.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0faee067987d2146d6d74aa5b0620316.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/318629c3e221b157c1de80dba1d11394.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a90624fb0ecb4f18d7e8b340470f972.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05ca2faed615017b70b50a07ca6a73c6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d122739a97a6e445477bffc31ee8d8c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ddd3750cc10ca21ee2aab10a7986378.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c493f60c0b47cb52002664bc4ffab859.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877c9acae9684f9ec8a1fe0af26b8070.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c197106c76696c60a8c81dc926f32cb5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e9d0c80054a8dc4c1bf60b257856e23.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b20bff9c98ec8041efb1a4384ad27ec.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e5deb1aef8fedb1c39a5e6d8b7d15cc.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce6814f12aff2b5c94b621e8340a5d85.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63f49635cb55bd4f66355d739ae7e89f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5c5e41fd6fbcb0848d03e5250905281.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a81a95060eff9be588f8ce7bd214bbb5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e74017a433a1596e15692371cd59e5e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23628c39859492b1b2b6e826af96a0d9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7536b6d2dd59c1fbb77320a873a991fe.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6b690a981fa7d08b5540458294ee573.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1e200e21b219db1c88970beeeb1fc75.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2edf9c007f52071f260f86da687cde.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2eccc438014ebf6365c3dffcf533851.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/222b3054e5e98ac21af5c7aa6e5f4202.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfb594cc138d824b38d16adfba5ebddd.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53049ee90a8105d6b9a4cebd47ce0f09.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65e220d43b7431dd14c3a74735e922fd.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc5da216533fbeec75689b3f39d1056c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="457200" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1267,261 +1273,261 @@
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
         <v>90995</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" s="3">
         <v>24.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
         <v>93927</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>18</v>
       </c>
       <c r="F9" s="3">
-        <v>205.0</v>
+        <v>199.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>95099</v>
+        <v>99042</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>220.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>96485</v>
+        <v>99059</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="F11" s="3">
-        <v>262.0</v>
+        <v>119.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>96492</v>
+        <v>99332</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>17</v>
       </c>
       <c r="E12" t="s">
         <v>18</v>
       </c>
       <c r="F12" s="3">
-        <v>255.0</v>
+        <v>445.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>97093</v>
+        <v>102483</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
         <v>17</v>
       </c>
       <c r="E13" t="s">
         <v>18</v>
       </c>
       <c r="F13" s="3">
-        <v>262.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>99042</v>
+        <v>102490</v>
       </c>
       <c r="C14" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F14" s="3">
-        <v>120.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>99059</v>
+        <v>102506</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E15" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F15" s="3">
-        <v>119.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>99332</v>
+        <v>102513</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D16" t="s">
         <v>17</v>
       </c>
       <c r="E16" t="s">
         <v>18</v>
       </c>
       <c r="F16" s="3">
-        <v>445.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>102490</v>
+        <v>102902</v>
       </c>
       <c r="C17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D17" t="s">
         <v>17</v>
       </c>
       <c r="E17" t="s">
         <v>18</v>
       </c>
       <c r="F17" s="3">
-        <v>310.0</v>
+        <v>470.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>102513</v>
+        <v>103411</v>
       </c>
       <c r="C18" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D18" t="s">
         <v>17</v>
       </c>
       <c r="E18" t="s">
         <v>18</v>
       </c>
       <c r="F18" s="3">
-        <v>325.0</v>
+        <v>425.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>102902</v>
+        <v>103428</v>
       </c>
       <c r="C19" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D19" t="s">
         <v>17</v>
       </c>
       <c r="E19" t="s">
         <v>18</v>
       </c>
       <c r="F19" s="3">
-        <v>470.0</v>
+        <v>410.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>103121</v>
+        <v>104319</v>
       </c>
       <c r="C20" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E20" t="s">
         <v>18</v>
       </c>
       <c r="F20" s="3">
-        <v>325.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>103411</v>
+        <v>105477</v>
       </c>
       <c r="C21" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D21" t="s">
         <v>17</v>
       </c>
       <c r="E21" t="s">
         <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>425.0</v>
+        <v>275.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>