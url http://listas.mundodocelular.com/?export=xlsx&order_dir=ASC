--- v0 (2025-10-28)
+++ v1 (2026-03-13)
@@ -14,71 +14,71 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/10/2025 06:23</t>
+    <t>Lista gerada no: 13/03/2026 13:18</t>
   </si>
   <si>
     <t>WAHL BARBER TRIM        100/240V/50/60HZ</t>
   </si>
   <si>
     <t>AFEITADORA</t>
   </si>
   <si>
     <t>WAHL</t>
   </si>
   <si>
     <t>TP-LINK ARCHER C50 AC1200 WIR DUAL 4NAT</t>
   </si>
   <si>
     <t>ROTEADOR</t>
   </si>
   <si>
     <t>TP-LINK</t>
   </si>
   <si>
     <t>FONE XIAOMI BASIC IN-EAR    MATTE SILVER</t>
   </si>
   <si>
     <t>FONE</t>
   </si>
@@ -91,93 +91,99 @@
   <si>
     <t>SMARTPHONES</t>
   </si>
   <si>
     <t>APPLE</t>
   </si>
   <si>
     <t>IPHONE 11 64GB GRADE A BLACK (PRETO) USA</t>
   </si>
   <si>
     <t>CARRE.PORT. XIAOMI 3PRO 20000MAH     BLK</t>
   </si>
   <si>
     <t>BATERIA</t>
   </si>
   <si>
     <t>SMARTWATCH AMAZING KNOB FITNESS LW15 BLK</t>
   </si>
   <si>
     <t>RELOGIO</t>
   </si>
   <si>
     <t>BLU</t>
   </si>
   <si>
-    <t>IPHONE 11 128GB - GRADE A+ / WHITE/BRANCO</t>
-[...11 lines deleted...]
-    <t>IPHONE 12 128GB GRADE A BLACK (PRETO) USA</t>
+    <t>IPHONE 11 128GB - GRADE A+ / BRANCO SWAP</t>
+  </si>
+  <si>
+    <t>Produtos</t>
   </si>
   <si>
     <t>Receptor IPTV ATV A5 5G 8K 2GB Ram 16GB Branco</t>
   </si>
   <si>
     <t>RECEPTOR</t>
   </si>
   <si>
     <t>GERAL</t>
   </si>
   <si>
     <t>Receptor IPTV ATV A5 5G 8K 2GB Ram 16GB Preto</t>
   </si>
   <si>
     <t>IPHONE 12 PRO MAX GRADO A</t>
   </si>
   <si>
-    <t>IPHONE 12 128GB GRADE A GREEM (VERDE) USA</t>
-[...2 lines deleted...]
-    <t>IPHONE 11 256GB GRADE A RED (VERMELHO) - SWAP</t>
+    <t>IPHONE 13 128GB GRADO A  PINK       PINK</t>
   </si>
   <si>
     <t>IPHONE 13 128GB GRADO A            BRANCO</t>
   </si>
   <si>
+    <t>IPHONE 13 128GB GRADO "A" SWAP    AZUL</t>
+  </si>
+  <si>
     <t>IPHONE 13 128GB GRADO A            VERMELHO</t>
   </si>
   <si>
-    <t>IPHONE 13 256GB GRADO A            PINK - SWAP</t>
+    <t>IPHONE 12 PROMAX - 512GB - SWAP - GRADE A - GRAFFITE</t>
+  </si>
+  <si>
+    <t>IPHONE 13 PRO 128GB GRADO A DOURADO</t>
+  </si>
+  <si>
+    <t>IPHONE 13 PRO 128GB GRADO A  AZUL</t>
+  </si>
+  <si>
+    <t>AIRTAG   APPLE   MX542BE/A  - 4 PACK</t>
+  </si>
+  <si>
+    <t>ACESSORIOS</t>
+  </si>
+  <si>
+    <t>IPHONE 11 256GB GRADE A PURPLE (ROXO) US - SWAP</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -200,51 +206,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebeabe0abf58ddce1d03516fb46a00bb.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04f5bacaf1f84f19ee6eb7fad0a02c86.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0785ccf03601f61da67f553b12b3844c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f134ca16c90b3b4de05d7a66eef1772.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4bb6228a3f63dbb56287853c4031fae.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3bb45a27057fc359cdc7314721fc870.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f99fbbd35f9505b4100f860c3de7bcc.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9712dcbfb1163ca706d591518520ec12.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bae44c96f30ebb8f215003a9566d9b7c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1628ee531e4b5b69d57a8b003436d1f1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4818b7c4b3b87e998171e518fada439a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7ed39e3b0d443b7ddbe4be4ccb3d3ed.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61b16b651570f99acf66800bd9a3853c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a0ddce11e9a6faff9ff37d5a85eb20c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97b5b7942577019288b630ba4c3aea25.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4ff8db4587a4d1a5df598116d525b01.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36255cc6e1e1d539cbfb10c8512717d5.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/753193e4603577d30dc73da29df0264e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eabf4dd693b6902f2e2dada7cb81b187.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/616439077512568c3e30dcf29fd9ad77.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af218218fb97e95c584c0412d766ab3c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b6e95ac171cae64f90d9083d63a5449.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9243de2ecab085a93f8a1d1a5c4e7273.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/018c279ff26e651f1ce307a5959e2354.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7db3d4a70cb4388b736edf903b39e571.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e7a73e02a29654d20381ee31d196790.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/515f5d16e0bef388c26a7dff503a138c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/878a5ae9525af8865488e8cef53348fa.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/006fdbc474c2423137b4f7bf6d349e3f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6f62e5ce75dcdddede5a6a32b9e3ec8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15f2dc684f2db2a225af11956f856d05.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213d3e31f69ededdd402cf962a80e8ed.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb9cb00d3a95fa32f9b275744ad3f440.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59bbe3fd69c60f3371ba9f3e16ce7e9f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b28585d473850a457b6f66c32c5ebdb6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/934622397e0a4e7322c21c91dc8caa55.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e95208d100ac61df0f2e2a4bc9bbfe0.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1f2c9abb7d4a06f09846ca4f23cf958.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28511f8733ce9d50ebc6d0f6e8fba49d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2234805a912bae85c0ab42cfaf2004bf.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="457200" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1111,51 +1117,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
@@ -1267,261 +1273,261 @@
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
         <v>90995</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" s="3">
         <v>24.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
         <v>93927</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>18</v>
       </c>
       <c r="F9" s="3">
-        <v>215.0</v>
+        <v>199.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>95099</v>
+        <v>99042</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>220.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>96485</v>
+        <v>99059</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="F11" s="3">
-        <v>262.0</v>
+        <v>119.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>96492</v>
+        <v>99332</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>17</v>
       </c>
       <c r="E12" t="s">
         <v>18</v>
       </c>
       <c r="F12" s="3">
-        <v>255.0</v>
+        <v>445.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>97093</v>
+        <v>102483</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
         <v>17</v>
       </c>
       <c r="E13" t="s">
         <v>18</v>
       </c>
       <c r="F13" s="3">
-        <v>262.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>99042</v>
+        <v>102490</v>
       </c>
       <c r="C14" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F14" s="3">
-        <v>120.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>99059</v>
+        <v>102506</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E15" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F15" s="3">
-        <v>119.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>99332</v>
+        <v>102513</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D16" t="s">
         <v>17</v>
       </c>
       <c r="E16" t="s">
         <v>18</v>
       </c>
       <c r="F16" s="3">
-        <v>445.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>100106</v>
+        <v>102902</v>
       </c>
       <c r="C17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D17" t="s">
         <v>17</v>
       </c>
       <c r="E17" t="s">
         <v>18</v>
       </c>
       <c r="F17" s="3">
-        <v>263.0</v>
+        <v>470.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>100601</v>
+        <v>103411</v>
       </c>
       <c r="C18" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D18" t="s">
         <v>17</v>
       </c>
       <c r="E18" t="s">
         <v>18</v>
       </c>
       <c r="F18" s="3">
-        <v>230.0</v>
+        <v>425.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>102490</v>
+        <v>103428</v>
       </c>
       <c r="C19" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D19" t="s">
         <v>17</v>
       </c>
       <c r="E19" t="s">
         <v>18</v>
       </c>
       <c r="F19" s="3">
-        <v>335.0</v>
+        <v>410.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>102513</v>
+        <v>104319</v>
       </c>
       <c r="C20" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E20" t="s">
         <v>18</v>
       </c>
       <c r="F20" s="3">
-        <v>325.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>102551</v>
+        <v>105477</v>
       </c>
       <c r="C21" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D21" t="s">
         <v>17</v>
       </c>
       <c r="E21" t="s">
         <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>375.0</v>
+        <v>275.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>