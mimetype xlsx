--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 26/10/2025 02:34</t>
+    <t>Lista gerada no: 11/12/2025 20:05</t>
   </si>
   <si>
     <t>WAHL BARBER TRIM        100/240V/50/60HZ</t>
   </si>
   <si>
     <t>AFEITADORA</t>
   </si>
   <si>
     <t>WAHL</t>
   </si>
   <si>
     <t>TP-LINK ARCHER C50 AC1200 WIR DUAL 4NAT</t>
   </si>
   <si>
     <t>ROTEADOR</t>
   </si>
   <si>
     <t>TP-LINK</t>
   </si>
   <si>
     <t>FONE XIAOMI BASIC IN-EAR    MATTE SILVER</t>
   </si>
   <si>
     <t>FONE</t>
   </si>
@@ -121,63 +121,63 @@
   <si>
     <t>IPHONE 12 128GB GRADE A BLUE (AZU) USA - SWAP</t>
   </si>
   <si>
     <t>IPHONE 12 128GB GRADE A WHITE (BRANCO) USA</t>
   </si>
   <si>
     <t>IPHONE 12 128GB GRADE A BLACK (PRETO) USA</t>
   </si>
   <si>
     <t>Receptor IPTV ATV A5 5G 8K 2GB Ram 16GB Branco</t>
   </si>
   <si>
     <t>RECEPTOR</t>
   </si>
   <si>
     <t>GERAL</t>
   </si>
   <si>
     <t>Receptor IPTV ATV A5 5G 8K 2GB Ram 16GB Preto</t>
   </si>
   <si>
     <t>IPHONE 12 PRO MAX GRADO A</t>
   </si>
   <si>
-    <t>IPHONE 12 128GB GRADE A GREEM (VERDE) USA</t>
-[...4 lines deleted...]
-  <si>
     <t>IPHONE 13 128GB GRADO A            BRANCO</t>
   </si>
   <si>
     <t>IPHONE 13 128GB GRADO A            VERMELHO</t>
   </si>
   <si>
-    <t>IPHONE 13 256GB GRADO A            PINK - SWAP</t>
+    <t>IPHONE 12 PROMAX - 512GB - SWAP - GRADE A - GRAFFITE</t>
+  </si>
+  <si>
+    <t>IPHONE 13 128GB GRADO A            VERDE</t>
+  </si>
+  <si>
+    <t>IPHONE 13 PRO 128GB GRADO A DOURADO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -200,51 +200,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/714a9dec5d270f4e7dbe42a89a5e6ebf.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d335618d7b9d10ab69d1e8bf74f6963.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d113daf3b5160717c5acbf1636eb146d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a2d430ec77e15340aecd68794796a6d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3560a1cc29bf1d6e924ea936354ad544.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7228102b2ad218339fbde482b055a0d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/814c429bb8501e73c1a8a86b0a94278c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8e76ab6ae9bafb3101a7c030ef39e26.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba205a9db206ab14de49594ffd2dfce4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07d85c7328a51694fa533b450a7c25e6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91e21c6c84ea6ab80d3e33d819828181.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1d12a40e0b2046ae0c89973fec7392b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6022b0ba3c95f7cd38d9e1c54d93c47a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/906b610db3c41346dc54862ef0bfcd38.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9488565236ea92ce1ada41a2ef2e61c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/842c91754dc27c3ceb51380d78b67b39.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5a53825070b30f1ace2209175f9da9a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80522f167bd4b8aa9e198297edf2986b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53fc178c14a59a380c4c2dca081f3b13.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4374707d98af47f0e2009bbdce5ab33.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c04091bb0e14508c82fd552a56956d1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/695cb1d30ede66bf44b2cd4f8a737968.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1d176e6a48c850c6d499423f6dfc799.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cac9fe7b5da8087cec89ddc55f3ddf9c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26faae93e5d962d0e8b6a37b87e13219.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f7a0cbce8a3adc3ea5dae9bc72a98fc.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f06ef09d5c882388fc7da3a1766f23e0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f5ea9e000058dc81953a4bcda9ea491.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/868fdafd5b988a1b5f627cae8be49744.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bd7ecf143dbb11966f4c20d62adf8b1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a31b599471d5b125bdeadeaa4c795fce.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c39ab6f1a30e4a88834caab5f9647d5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ef86a135f9ba10088aa81829cd59d6e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a17e8c6a0a868a58409decd1fd7b56af.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3b353098eb8a37d92eeafdaca022c12.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a5ca50c4c226d1cec55a1762c18f0c1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7695b67137ea07fdf95122135e8af0d2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47baa28fd8da4a1891078cb06a5971b4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab6575ceeacca756f06fe1337dd7508b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/773e65b9dbc827204c5f2bd9e1a11194.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="457200" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1111,51 +1111,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
@@ -1273,51 +1273,51 @@
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" s="3">
         <v>24.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
         <v>93927</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>17</v>
       </c>
       <c r="E9" t="s">
         <v>18</v>
       </c>
       <c r="F9" s="3">
-        <v>215.0</v>
+        <v>205.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
         <v>95099</v>
       </c>
       <c r="C10" t="s">
         <v>26</v>
       </c>
       <c r="D10" t="s">
         <v>17</v>
       </c>
       <c r="E10" t="s">
         <v>18</v>
       </c>
       <c r="F10" s="3">
         <v>220.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
         <v>96485</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
@@ -1397,131 +1397,131 @@
         <v>32</v>
       </c>
       <c r="F15" s="3">
         <v>119.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
         <v>99332</v>
       </c>
       <c r="C16" t="s">
         <v>34</v>
       </c>
       <c r="D16" t="s">
         <v>17</v>
       </c>
       <c r="E16" t="s">
         <v>18</v>
       </c>
       <c r="F16" s="3">
         <v>445.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>100106</v>
+        <v>102490</v>
       </c>
       <c r="C17" t="s">
         <v>35</v>
       </c>
       <c r="D17" t="s">
         <v>17</v>
       </c>
       <c r="E17" t="s">
         <v>18</v>
       </c>
       <c r="F17" s="3">
-        <v>263.0</v>
+        <v>310.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>100601</v>
+        <v>102513</v>
       </c>
       <c r="C18" t="s">
         <v>36</v>
       </c>
       <c r="D18" t="s">
         <v>17</v>
       </c>
       <c r="E18" t="s">
         <v>18</v>
       </c>
       <c r="F18" s="3">
-        <v>230.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>102490</v>
+        <v>102902</v>
       </c>
       <c r="C19" t="s">
         <v>37</v>
       </c>
       <c r="D19" t="s">
         <v>17</v>
       </c>
       <c r="E19" t="s">
         <v>18</v>
       </c>
       <c r="F19" s="3">
-        <v>335.0</v>
+        <v>470.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>102513</v>
+        <v>103121</v>
       </c>
       <c r="C20" t="s">
         <v>38</v>
       </c>
       <c r="D20" t="s">
         <v>17</v>
       </c>
       <c r="E20" t="s">
         <v>18</v>
       </c>
       <c r="F20" s="3">
         <v>325.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>102551</v>
+        <v>103411</v>
       </c>
       <c r="C21" t="s">
         <v>39</v>
       </c>
       <c r="D21" t="s">
         <v>17</v>
       </c>
       <c r="E21" t="s">
         <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>375.0</v>
+        <v>425.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>