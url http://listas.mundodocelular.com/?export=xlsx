--- v1 (2025-12-11)
+++ v2 (2026-01-27)
@@ -14,71 +14,71 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 11/12/2025 20:05</t>
+    <t>Lista gerada no: 26/01/2026 23:46</t>
   </si>
   <si>
     <t>WAHL BARBER TRIM        100/240V/50/60HZ</t>
   </si>
   <si>
     <t>AFEITADORA</t>
   </si>
   <si>
     <t>WAHL</t>
   </si>
   <si>
     <t>TP-LINK ARCHER C50 AC1200 WIR DUAL 4NAT</t>
   </si>
   <si>
     <t>ROTEADOR</t>
   </si>
   <si>
     <t>TP-LINK</t>
   </si>
   <si>
     <t>FONE XIAOMI BASIC IN-EAR    MATTE SILVER</t>
   </si>
   <si>
     <t>FONE</t>
   </si>
@@ -94,90 +94,96 @@
   <si>
     <t>APPLE</t>
   </si>
   <si>
     <t>IPHONE 11 64GB GRADE A BLACK (PRETO) USA</t>
   </si>
   <si>
     <t>CARRE.PORT. XIAOMI 3PRO 20000MAH     BLK</t>
   </si>
   <si>
     <t>BATERIA</t>
   </si>
   <si>
     <t>SMARTWATCH AMAZING KNOB FITNESS LW15 BLK</t>
   </si>
   <si>
     <t>RELOGIO</t>
   </si>
   <si>
     <t>BLU</t>
   </si>
   <si>
     <t>IPHONE 11 128GB - GRADE A+ / WHITE/BRANCO</t>
   </si>
   <si>
-    <t>IPHONE 11 64GB GRADE A YELLOW (AMARELO) USA -SWAP</t>
-[...10 lines deleted...]
-  <si>
     <t>Receptor IPTV ATV A5 5G 8K 2GB Ram 16GB Branco</t>
   </si>
   <si>
     <t>RECEPTOR</t>
   </si>
   <si>
     <t>GERAL</t>
   </si>
   <si>
     <t>Receptor IPTV ATV A5 5G 8K 2GB Ram 16GB Preto</t>
   </si>
   <si>
     <t>IPHONE 12 PRO MAX GRADO A</t>
   </si>
   <si>
     <t>IPHONE 13 128GB GRADO A            BRANCO</t>
   </si>
   <si>
     <t>IPHONE 13 128GB GRADO A            VERMELHO</t>
   </si>
   <si>
     <t>IPHONE 12 PROMAX - 512GB - SWAP - GRADE A - GRAFFITE</t>
   </si>
   <si>
-    <t>IPHONE 13 128GB GRADO A            VERDE</t>
-[...1 lines deleted...]
-  <si>
     <t>IPHONE 13 PRO 128GB GRADO A DOURADO</t>
+  </si>
+  <si>
+    <t>IPHONE 13 PRO 128GB GRADO A  AZUL</t>
+  </si>
+  <si>
+    <t>AIRTAG   APPLE   MX542BE/A  - 4 PACK</t>
+  </si>
+  <si>
+    <t>ACESSORIOS</t>
+  </si>
+  <si>
+    <t>IPHONE 11 256GB GRADE A PURPLE (ROXO) US - SWAP</t>
+  </si>
+  <si>
+    <t>MACBOOK CRD APPLE MBPRO 16IN I9 2.3 L19 1TB SSD SILVER C/C</t>
+  </si>
+  <si>
+    <t>NOTEBOOK</t>
+  </si>
+  <si>
+    <t>Apple MACBOOK CRD APPLE MBPRO 16" - i7 - 2.6 - 2019 - 512SSD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -200,51 +206,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c04091bb0e14508c82fd552a56956d1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/695cb1d30ede66bf44b2cd4f8a737968.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1d176e6a48c850c6d499423f6dfc799.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cac9fe7b5da8087cec89ddc55f3ddf9c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26faae93e5d962d0e8b6a37b87e13219.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f7a0cbce8a3adc3ea5dae9bc72a98fc.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f06ef09d5c882388fc7da3a1766f23e0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f5ea9e000058dc81953a4bcda9ea491.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/868fdafd5b988a1b5f627cae8be49744.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bd7ecf143dbb11966f4c20d62adf8b1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a31b599471d5b125bdeadeaa4c795fce.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c39ab6f1a30e4a88834caab5f9647d5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ef86a135f9ba10088aa81829cd59d6e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a17e8c6a0a868a58409decd1fd7b56af.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3b353098eb8a37d92eeafdaca022c12.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a5ca50c4c226d1cec55a1762c18f0c1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7695b67137ea07fdf95122135e8af0d2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47baa28fd8da4a1891078cb06a5971b4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab6575ceeacca756f06fe1337dd7508b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/773e65b9dbc827204c5f2bd9e1a11194.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d8eb984a352d3cc138f22a5b17dfc93.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe3a144de353041aeec5b91b53372087.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65925ac06bca1b4e05a2984961435b96.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b22329703d548827440ce0923fb3e7b5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6db267a00bc407561ae8f6781398ba0c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f2a5b87f2b2a46d0604bf93d70c9297.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a496978d8f21cac7489317e2d16e882c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acd3ec0b2007f658e4202bf9881b99f9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff6c9b2ae05fa54b04c5c1ef3d310131.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b906feecf207e6fce6d29f41a5ea9648.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83eccb8247cbc1ffdf065d177b0f2ee2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84763796251754b21933b92208b54578.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fad50448005fe34d45e2aafe02c46a11.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc8e346e8aed132e99fb6a36d3547210.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dc8d6ea271b3a6f9dd70340949dbed1.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3df5961cfe60c167afcf8fc3a893274.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7113fcef157719bf8f873dc520c9767a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15098ce098980bc6f0038f1757f5edc0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1621dc6dbd0415802ab174b570c6bb74.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1c9da368cde0888a8f34ed411d988a6.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="457200" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1111,51 +1117,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
@@ -1278,250 +1284,250 @@
         <v>24</v>
       </c>
       <c r="F8" s="3">
         <v>24.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
         <v>93927</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>17</v>
       </c>
       <c r="E9" t="s">
         <v>18</v>
       </c>
       <c r="F9" s="3">
         <v>205.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>95099</v>
+        <v>99042</v>
       </c>
       <c r="C10" t="s">
         <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>220.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>96485</v>
+        <v>99059</v>
       </c>
       <c r="C11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" t="s">
         <v>27</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>262.0</v>
+        <v>119.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>96492</v>
+        <v>99332</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
         <v>17</v>
       </c>
       <c r="E12" t="s">
         <v>18</v>
       </c>
       <c r="F12" s="3">
-        <v>255.0</v>
+        <v>445.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>97093</v>
+        <v>102490</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
         <v>17</v>
       </c>
       <c r="E13" t="s">
         <v>18</v>
       </c>
       <c r="F13" s="3">
-        <v>262.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>99042</v>
+        <v>102513</v>
       </c>
       <c r="C14" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F14" s="3">
-        <v>120.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>99059</v>
+        <v>102902</v>
       </c>
       <c r="C15" t="s">
         <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E15" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F15" s="3">
-        <v>119.0</v>
+        <v>470.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>99332</v>
+        <v>103411</v>
       </c>
       <c r="C16" t="s">
         <v>34</v>
       </c>
       <c r="D16" t="s">
         <v>17</v>
       </c>
       <c r="E16" t="s">
         <v>18</v>
       </c>
       <c r="F16" s="3">
-        <v>445.0</v>
+        <v>425.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>102490</v>
+        <v>103428</v>
       </c>
       <c r="C17" t="s">
         <v>35</v>
       </c>
       <c r="D17" t="s">
         <v>17</v>
       </c>
       <c r="E17" t="s">
         <v>18</v>
       </c>
       <c r="F17" s="3">
-        <v>310.0</v>
+        <v>410.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>102513</v>
+        <v>104319</v>
       </c>
       <c r="C18" t="s">
         <v>36</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="E18" t="s">
         <v>18</v>
       </c>
       <c r="F18" s="3">
-        <v>325.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>102902</v>
+        <v>105477</v>
       </c>
       <c r="C19" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D19" t="s">
         <v>17</v>
       </c>
       <c r="E19" t="s">
         <v>18</v>
       </c>
       <c r="F19" s="3">
-        <v>470.0</v>
+        <v>275.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>103121</v>
+        <v>107051</v>
       </c>
       <c r="C20" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E20" t="s">
         <v>18</v>
       </c>
       <c r="F20" s="3">
-        <v>325.0</v>
+        <v>960.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>103411</v>
+        <v>107068</v>
       </c>
       <c r="C21" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E21" t="s">
         <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>425.0</v>
+        <v>799.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>